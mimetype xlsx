--- v0 (2025-12-26)
+++ v1 (2026-01-17)
@@ -9,53 +9,53 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fsnas\DFI\IAS\本國銀行\國家風險\國家風險-莊宜澄(11406-\11409季報\2.新聞稿\新聞稿及附表\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{09152420-31F5-4588-BD7A-FD1F0B4228DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1A00DAC-78D6-41C4-BC29-A4C84F3D4487}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="390" windowWidth="23625" windowHeight="14040" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="附表1" sheetId="33" r:id="rId1"/>
     <sheet name="附表2" sheetId="35" r:id="rId2"/>
     <sheet name="附表3" sheetId="34" r:id="rId3"/>
     <sheet name="附表4" sheetId="37" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">附表1!$A$1:$G$12</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">附表2!$A$1:$I$20</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">附表3!$A$1:$G$13</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">附表4!$A$1:$I$19</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -892,90 +892,50 @@
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>新加坡</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>(Singapore)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
-      <t>法國</t>
-[...38 lines deleted...]
-      </rPr>
       <t>越南</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>(Vietnam)</t>
     </r>
   </si>
   <si>
     <t>114.6.30</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
@@ -1115,69 +1075,91 @@
         <sz val="20"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>地區</t>
     </r>
     <r>
       <rPr>
         <sz val="20"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>)</t>
     </r>
     <r>
       <rPr>
         <sz val="20"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>統計表</t>
     </r>
     <phoneticPr fontId="3" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="標楷體"/>
+        <family val="4"/>
+        <charset val="136"/>
+      </rPr>
+      <t>法國</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>(France)</t>
+    </r>
+    <phoneticPr fontId="2" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="10">
     <numFmt numFmtId="44" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="176" formatCode="#,##0_ "/>
     <numFmt numFmtId="177" formatCode="#,##0.00_ "/>
     <numFmt numFmtId="178" formatCode="0.000%"/>
     <numFmt numFmtId="179" formatCode="0.00_ "/>
     <numFmt numFmtId="180" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="181" formatCode="#,##0.00_ ;[Red]\-#,##0.00\ "/>
     <numFmt numFmtId="182" formatCode="#,##0&quot; &quot;;[Red]&quot;(&quot;#,##0&quot;)&quot;"/>
     <numFmt numFmtId="183" formatCode="0&quot; &quot;;[Red]&quot;(&quot;0&quot;)&quot;"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
@@ -1234,50 +1216,57 @@
       <name val="標楷體"/>
       <family val="4"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="標楷體"/>
       <family val="4"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="20"/>
+      <name val="Times New Roman"/>
+      <family val="4"/>
+      <charset val="136"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="4"/>
       <charset val="136"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDDDDDD"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -1449,51 +1438,51 @@
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="82">
+  <cellXfs count="83">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1621,124 +1610,127 @@
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="10" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="182" fontId="14" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="183" fontId="14" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="10" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="10" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="13" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
     <cellStyle name="一般 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="千分位" xfId="1" builtinId="3"/>
     <cellStyle name="千分位 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="百分比 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFDDDDDD"/>
       <color rgb="FFFF99FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -2011,103 +2003,103 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J12"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B15" sqref="A15:B15"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.625" style="3" customWidth="1"/>
     <col min="2" max="2" width="20.625" style="3" customWidth="1"/>
     <col min="3" max="3" width="12.125" style="3" customWidth="1"/>
     <col min="4" max="4" width="20.625" style="3" customWidth="1"/>
     <col min="5" max="5" width="12.125" style="3" customWidth="1"/>
     <col min="6" max="6" width="20.625" style="3" customWidth="1"/>
     <col min="7" max="7" width="12.125" style="3" customWidth="1"/>
     <col min="8" max="9" width="9" style="3"/>
     <col min="10" max="10" width="12.625" style="3" bestFit="1" customWidth="1"/>
     <col min="11" max="16384" width="9" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="59" t="s">
+      <c r="A1" s="60" t="s">
         <v>20</v>
       </c>
-      <c r="B1" s="59"/>
-[...4 lines deleted...]
-      <c r="G1" s="59"/>
+      <c r="B1" s="60"/>
+      <c r="C1" s="60"/>
+      <c r="D1" s="60"/>
+      <c r="E1" s="60"/>
+      <c r="F1" s="60"/>
+      <c r="G1" s="60"/>
     </row>
     <row r="2" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G2" s="13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:10" s="18" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="60" t="s">
+      <c r="A3" s="61" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="62" t="s">
-[...7 lines deleted...]
-      <c r="F3" s="57" t="s">
+      <c r="B3" s="63" t="s">
+        <v>43</v>
+      </c>
+      <c r="C3" s="64"/>
+      <c r="D3" s="63" t="s">
+        <v>41</v>
+      </c>
+      <c r="E3" s="64"/>
+      <c r="F3" s="58" t="s">
         <v>0</v>
       </c>
-      <c r="G3" s="58"/>
+      <c r="G3" s="59"/>
     </row>
     <row r="4" spans="1:10" s="18" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="61"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E4" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="18" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="41" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="44">
         <v>1842.62</v>
@@ -2228,141 +2220,141 @@
     <row r="10" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1"/>
       <c r="B12" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0" footer="0"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" fitToWidth="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J20"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+    <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="K9" sqref="K9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.625" style="10" customWidth="1"/>
     <col min="2" max="2" width="8.625" style="10" customWidth="1"/>
     <col min="3" max="3" width="18.625" style="10" customWidth="1"/>
     <col min="4" max="5" width="8.625" style="10" customWidth="1"/>
     <col min="6" max="6" width="18.625" style="10" customWidth="1"/>
     <col min="7" max="7" width="8.625" style="10" customWidth="1"/>
     <col min="8" max="8" width="18.625" style="10" customWidth="1"/>
     <col min="9" max="9" width="8.625" style="10" customWidth="1"/>
     <col min="10" max="16384" width="9" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="2" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="81" t="s">
-[...9 lines deleted...]
-      <c r="I1" s="65"/>
+      <c r="A1" s="66" t="s">
+        <v>47</v>
+      </c>
+      <c r="B1" s="67"/>
+      <c r="C1" s="67"/>
+      <c r="D1" s="67"/>
+      <c r="E1" s="67"/>
+      <c r="F1" s="67"/>
+      <c r="G1" s="67"/>
+      <c r="H1" s="67"/>
+      <c r="I1" s="67"/>
     </row>
     <row r="2" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="64" t="s">
+      <c r="A2" s="65" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="64"/>
-[...6 lines deleted...]
-      <c r="I2" s="64"/>
+      <c r="B2" s="65"/>
+      <c r="C2" s="65"/>
+      <c r="D2" s="65"/>
+      <c r="E2" s="65"/>
+      <c r="F2" s="65"/>
+      <c r="G2" s="65"/>
+      <c r="H2" s="65"/>
+      <c r="I2" s="65"/>
     </row>
     <row r="3" spans="1:10" s="21" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="66" t="s">
+      <c r="A3" s="68" t="s">
         <v>12</v>
       </c>
-      <c r="B3" s="69" t="s">
+      <c r="B3" s="71" t="s">
         <v>26</v>
       </c>
-      <c r="C3" s="70"/>
-[...5 lines deleted...]
-      <c r="I3" s="71"/>
+      <c r="C3" s="72"/>
+      <c r="D3" s="72"/>
+      <c r="E3" s="72"/>
+      <c r="F3" s="72"/>
+      <c r="G3" s="72"/>
+      <c r="H3" s="72"/>
+      <c r="I3" s="73"/>
     </row>
     <row r="4" spans="1:10" s="21" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="67"/>
-      <c r="B4" s="72" t="str">
+      <c r="A4" s="69"/>
+      <c r="B4" s="74" t="str">
         <f>附表1!B3</f>
         <v>114.9.30</v>
       </c>
-      <c r="C4" s="70"/>
-[...1 lines deleted...]
-      <c r="E4" s="72" t="str">
+      <c r="C4" s="72"/>
+      <c r="D4" s="73"/>
+      <c r="E4" s="74" t="str">
         <f>附表1!D3</f>
         <v>114.6.30</v>
       </c>
-      <c r="F4" s="70"/>
-[...1 lines deleted...]
-      <c r="H4" s="69" t="s">
+      <c r="F4" s="72"/>
+      <c r="G4" s="73"/>
+      <c r="H4" s="71" t="s">
         <v>13</v>
       </c>
-      <c r="I4" s="71"/>
+      <c r="I4" s="73"/>
     </row>
     <row r="5" spans="1:10" s="21" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="68"/>
+      <c r="A5" s="70"/>
       <c r="B5" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="22" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="23" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="23" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="23" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2406,51 +2398,51 @@
       <c r="C7" s="45">
         <v>507.67</v>
       </c>
       <c r="D7" s="25">
         <v>7.57</v>
       </c>
       <c r="E7" s="40">
         <v>3</v>
       </c>
       <c r="F7" s="46">
         <v>480.61</v>
       </c>
       <c r="G7" s="25">
         <v>7.42</v>
       </c>
       <c r="H7" s="25">
         <v>27.06</v>
       </c>
       <c r="I7" s="26">
         <v>5.63</v>
       </c>
       <c r="J7" s="47"/>
     </row>
     <row r="8" spans="1:10" s="21" customFormat="1" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="54" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B8" s="40">
         <v>3</v>
       </c>
       <c r="C8" s="45">
         <v>495.61</v>
       </c>
       <c r="D8" s="25">
         <v>7.39</v>
       </c>
       <c r="E8" s="40">
         <v>2</v>
       </c>
       <c r="F8" s="46">
         <v>484.96</v>
       </c>
       <c r="G8" s="25">
         <v>7.48</v>
       </c>
       <c r="H8" s="25">
         <v>10.65</v>
       </c>
       <c r="I8" s="26">
         <v>2.2000000000000002</v>
       </c>
@@ -2585,82 +2577,82 @@
       </c>
       <c r="C13" s="25">
         <v>206.17</v>
       </c>
       <c r="D13" s="25">
         <v>3.07</v>
       </c>
       <c r="E13" s="24">
         <v>8</v>
       </c>
       <c r="F13" s="52">
         <v>190.15</v>
       </c>
       <c r="G13" s="25">
         <v>2.93</v>
       </c>
       <c r="H13" s="25">
         <v>16.02</v>
       </c>
       <c r="I13" s="26">
         <v>8.42</v>
       </c>
       <c r="J13" s="47"/>
     </row>
     <row r="14" spans="1:10" s="21" customFormat="1" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="55" t="s">
-        <v>40</v>
+      <c r="A14" s="57" t="s">
+        <v>48</v>
       </c>
       <c r="B14" s="24">
         <v>9</v>
       </c>
       <c r="C14" s="25">
         <v>194.22</v>
       </c>
       <c r="D14" s="25">
         <v>2.9</v>
       </c>
       <c r="E14" s="24">
         <v>9</v>
       </c>
       <c r="F14" s="43">
         <v>188.57</v>
       </c>
       <c r="G14" s="25">
         <v>2.91</v>
       </c>
       <c r="H14" s="25">
         <v>5.65</v>
       </c>
       <c r="I14" s="26">
         <v>3</v>
       </c>
       <c r="J14" s="47"/>
     </row>
     <row r="15" spans="1:10" s="21" customFormat="1" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="55" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B15" s="24">
         <v>10</v>
       </c>
       <c r="C15" s="25">
         <v>175.79</v>
       </c>
       <c r="D15" s="25">
         <v>2.62</v>
       </c>
       <c r="E15" s="24">
         <v>10</v>
       </c>
       <c r="F15" s="43">
         <v>168.41</v>
       </c>
       <c r="G15" s="25">
         <v>2.6</v>
       </c>
       <c r="H15" s="25">
         <v>7.38</v>
       </c>
       <c r="I15" s="26">
         <v>4.38</v>
       </c>
@@ -2728,92 +2720,92 @@
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.625" style="6" customWidth="1"/>
     <col min="2" max="2" width="20.625" style="6" customWidth="1"/>
     <col min="3" max="3" width="12.125" style="6" customWidth="1"/>
     <col min="4" max="4" width="20.625" style="6" customWidth="1"/>
     <col min="5" max="5" width="12.125" style="6" customWidth="1"/>
     <col min="6" max="6" width="20.625" style="6" customWidth="1"/>
     <col min="7" max="7" width="12.125" style="6" customWidth="1"/>
     <col min="8" max="16384" width="9" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="73" t="s">
+      <c r="A1" s="75" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="73"/>
-[...4 lines deleted...]
-      <c r="G1" s="73"/>
+      <c r="B1" s="75"/>
+      <c r="C1" s="75"/>
+      <c r="D1" s="75"/>
+      <c r="E1" s="75"/>
+      <c r="F1" s="75"/>
+      <c r="G1" s="75"/>
     </row>
     <row r="2" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
+      <c r="A2" s="82" t="s">
         <v>27</v>
       </c>
-      <c r="B2" s="80"/>
-[...4 lines deleted...]
-      <c r="G2" s="80"/>
+      <c r="B2" s="82"/>
+      <c r="C2" s="82"/>
+      <c r="D2" s="82"/>
+      <c r="E2" s="82"/>
+      <c r="F2" s="82"/>
+      <c r="G2" s="82"/>
     </row>
     <row r="3" spans="1:7" s="32" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="74" t="s">
+      <c r="A3" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="78" t="str">
+      <c r="B3" s="80" t="str">
         <f>附表1!B3:C3</f>
         <v>114.9.30</v>
       </c>
-      <c r="C3" s="79"/>
-      <c r="D3" s="78" t="str">
+      <c r="C3" s="81"/>
+      <c r="D3" s="80" t="str">
         <f>附表1!D3:E3</f>
         <v>114.6.30</v>
       </c>
-      <c r="E3" s="79"/>
-      <c r="F3" s="76" t="s">
+      <c r="E3" s="81"/>
+      <c r="F3" s="78" t="s">
         <v>0</v>
       </c>
-      <c r="G3" s="77"/>
+      <c r="G3" s="79"/>
     </row>
     <row r="4" spans="1:7" s="32" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="75"/>
+      <c r="A4" s="77"/>
       <c r="B4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="17" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E4" s="35" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:7" s="32" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="49">
         <v>1787.56</v>
@@ -2965,111 +2957,111 @@
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K19"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.625" style="10" customWidth="1"/>
     <col min="2" max="2" width="8.625" style="10" customWidth="1"/>
     <col min="3" max="3" width="18.625" style="10" customWidth="1"/>
     <col min="4" max="5" width="8.625" style="10" customWidth="1"/>
     <col min="6" max="6" width="18.625" style="10" customWidth="1"/>
     <col min="7" max="7" width="8.625" style="10" customWidth="1"/>
     <col min="8" max="8" width="18.625" style="10" customWidth="1"/>
     <col min="9" max="9" width="8.625" style="10" customWidth="1"/>
     <col min="10" max="16384" width="9" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" s="2" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="65" t="s">
+      <c r="A1" s="67" t="s">
         <v>23</v>
       </c>
-      <c r="B1" s="65"/>
-[...6 lines deleted...]
-      <c r="I1" s="65"/>
+      <c r="B1" s="67"/>
+      <c r="C1" s="67"/>
+      <c r="D1" s="67"/>
+      <c r="E1" s="67"/>
+      <c r="F1" s="67"/>
+      <c r="G1" s="67"/>
+      <c r="H1" s="67"/>
+      <c r="I1" s="67"/>
     </row>
     <row r="2" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="64" t="s">
+      <c r="A2" s="65" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="64"/>
-[...6 lines deleted...]
-      <c r="I2" s="64"/>
+      <c r="B2" s="65"/>
+      <c r="C2" s="65"/>
+      <c r="D2" s="65"/>
+      <c r="E2" s="65"/>
+      <c r="F2" s="65"/>
+      <c r="G2" s="65"/>
+      <c r="H2" s="65"/>
+      <c r="I2" s="65"/>
     </row>
     <row r="3" spans="1:11" s="21" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="66" t="s">
+      <c r="A3" s="68" t="s">
         <v>12</v>
       </c>
-      <c r="B3" s="69" t="s">
+      <c r="B3" s="71" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="70"/>
-[...5 lines deleted...]
-      <c r="I3" s="71"/>
+      <c r="C3" s="72"/>
+      <c r="D3" s="72"/>
+      <c r="E3" s="72"/>
+      <c r="F3" s="72"/>
+      <c r="G3" s="72"/>
+      <c r="H3" s="72"/>
+      <c r="I3" s="73"/>
     </row>
     <row r="4" spans="1:11" s="21" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="67"/>
-      <c r="B4" s="69" t="str">
+      <c r="A4" s="69"/>
+      <c r="B4" s="71" t="str">
         <f>附表2!B4:D4</f>
         <v>114.9.30</v>
       </c>
-      <c r="C4" s="70"/>
-[...1 lines deleted...]
-      <c r="E4" s="69" t="str">
+      <c r="C4" s="72"/>
+      <c r="D4" s="73"/>
+      <c r="E4" s="71" t="str">
         <f>附表2!E4:G4</f>
         <v>114.6.30</v>
       </c>
-      <c r="F4" s="70"/>
-[...1 lines deleted...]
-      <c r="H4" s="69" t="s">
+      <c r="F4" s="72"/>
+      <c r="G4" s="73"/>
+      <c r="H4" s="71" t="s">
         <v>13</v>
       </c>
-      <c r="I4" s="71"/>
+      <c r="I4" s="73"/>
     </row>
     <row r="5" spans="1:11" s="21" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="68"/>
+      <c r="A5" s="70"/>
       <c r="B5" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="22" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="23" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="23" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="23" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3082,51 +3074,51 @@
       </c>
       <c r="C6" s="39">
         <v>1922.03</v>
       </c>
       <c r="D6" s="25">
         <v>29.419999999999998</v>
       </c>
       <c r="E6" s="24">
         <v>1</v>
       </c>
       <c r="F6" s="39">
         <v>1895.22</v>
       </c>
       <c r="G6" s="25">
         <v>29.95</v>
       </c>
       <c r="H6" s="25">
         <v>26.809999999999945</v>
       </c>
       <c r="I6" s="26">
         <v>1.41</v>
       </c>
     </row>
     <row r="7" spans="1:11" s="21" customFormat="1" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="55" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B7" s="24">
         <v>2</v>
       </c>
       <c r="C7" s="39">
         <v>527.54999999999995</v>
       </c>
       <c r="D7" s="25">
         <v>8.08</v>
       </c>
       <c r="E7" s="24">
         <v>2</v>
       </c>
       <c r="F7" s="39">
         <v>524.83000000000004</v>
       </c>
       <c r="G7" s="25">
         <v>8.2899999999999991</v>
       </c>
       <c r="H7" s="25">
         <v>2.7199999999999136</v>
       </c>
       <c r="I7" s="26">
         <v>0.52</v>
       </c>
@@ -3198,51 +3190,51 @@
       </c>
       <c r="C10" s="39">
         <v>379.89</v>
       </c>
       <c r="D10" s="25">
         <v>5.8100000000000005</v>
       </c>
       <c r="E10" s="24">
         <v>5</v>
       </c>
       <c r="F10" s="39">
         <v>361.7</v>
       </c>
       <c r="G10" s="25">
         <v>5.72</v>
       </c>
       <c r="H10" s="25">
         <v>18.189999999999998</v>
       </c>
       <c r="I10" s="26">
         <v>5.03</v>
       </c>
     </row>
     <row r="11" spans="1:11" s="21" customFormat="1" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="55" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B11" s="40">
         <v>6</v>
       </c>
       <c r="C11" s="39">
         <v>240.88</v>
       </c>
       <c r="D11" s="25">
         <v>3.69</v>
       </c>
       <c r="E11" s="40">
         <v>7</v>
       </c>
       <c r="F11" s="39">
         <v>230.48</v>
       </c>
       <c r="G11" s="25">
         <v>3.64</v>
       </c>
       <c r="H11" s="25">
         <v>10.400000000000006</v>
       </c>
       <c r="I11" s="26">
         <v>4.51</v>
       </c>
@@ -3256,51 +3248,51 @@
       </c>
       <c r="C12" s="43">
         <v>230.13</v>
       </c>
       <c r="D12" s="25">
         <v>3.52</v>
       </c>
       <c r="E12" s="40">
         <v>6</v>
       </c>
       <c r="F12" s="39">
         <v>236.39</v>
       </c>
       <c r="G12" s="25">
         <v>3.74</v>
       </c>
       <c r="H12" s="25">
         <v>-6.2599999999999909</v>
       </c>
       <c r="I12" s="26">
         <v>-2.65</v>
       </c>
     </row>
     <row r="13" spans="1:11" s="21" customFormat="1" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="55" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B13" s="24">
         <v>8</v>
       </c>
       <c r="C13" s="43">
         <v>201.59</v>
       </c>
       <c r="D13" s="25">
         <v>3.09</v>
       </c>
       <c r="E13" s="24">
         <v>8</v>
       </c>
       <c r="F13" s="43">
         <v>195.89</v>
       </c>
       <c r="G13" s="25">
         <v>3.1</v>
       </c>
       <c r="H13" s="25">
         <v>5.7000000000000171</v>
       </c>
       <c r="I13" s="26">
         <v>2.91</v>
       </c>
@@ -3314,51 +3306,51 @@
       </c>
       <c r="C14" s="43">
         <v>163.15</v>
       </c>
       <c r="D14" s="25">
         <v>2.5</v>
       </c>
       <c r="E14" s="40">
         <v>10</v>
       </c>
       <c r="F14" s="43">
         <v>158.30000000000001</v>
       </c>
       <c r="G14" s="25">
         <v>2.5</v>
       </c>
       <c r="H14" s="25">
         <v>4.8499999999999943</v>
       </c>
       <c r="I14" s="26">
         <v>3.06</v>
       </c>
     </row>
     <row r="15" spans="1:11" s="53" customFormat="1" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="55" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B15" s="40">
         <v>10</v>
       </c>
       <c r="C15" s="43">
         <v>161.97999999999999</v>
       </c>
       <c r="D15" s="25">
         <v>2.48</v>
       </c>
       <c r="E15" s="40">
         <v>9</v>
       </c>
       <c r="F15" s="43">
         <v>162.13999999999999</v>
       </c>
       <c r="G15" s="25">
         <v>2.56</v>
       </c>
       <c r="H15" s="25">
         <v>-0.15999999999999659</v>
       </c>
       <c r="I15" s="26">
         <v>-0.1</v>
       </c>