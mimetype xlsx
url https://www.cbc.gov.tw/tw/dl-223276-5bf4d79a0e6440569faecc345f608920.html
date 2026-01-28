--- v0 (2025-12-24)
+++ v1 (2026-01-28)
@@ -2,54 +2,54 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\舊資料備份\D\HSU Documents\0.114本國銀行營運績效季報\官網檔案\11409官網\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\本國銀行\中文版_本國銀行營績績效季報\官網檔案(10203~\11409官網\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6C94D82-BB74-4A95-8664-AB151864EDAA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6CAC48EF-8E46-463A-88A3-BB6A89B5D64F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="643" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="衍生性金融商品餘額統計_6頁" sheetId="13" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">衍生性金融商品餘額統計_6頁!$A$1:$AU$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
@@ -820,54 +820,54 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="7" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="16" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="16" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1146,54 +1146,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AV71"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="110" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="7" topLeftCell="C9" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
-      <selection pane="bottomRight" activeCell="C8" sqref="C8"/>
+      <selection pane="bottomRight" activeCell="AI21" sqref="AI21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="2" customWidth="1"/>
     <col min="2" max="2" width="30.77734375" style="2" customWidth="1"/>
     <col min="3" max="9" width="16.77734375" style="2" customWidth="1"/>
     <col min="10" max="10" width="30.77734375" style="2" customWidth="1"/>
     <col min="11" max="17" width="16.77734375" style="2" customWidth="1"/>
     <col min="18" max="18" width="30.77734375" style="2" customWidth="1"/>
     <col min="19" max="25" width="16.77734375" style="2" customWidth="1"/>
     <col min="26" max="26" width="30.77734375" style="2" customWidth="1"/>
     <col min="27" max="33" width="16.77734375" style="2" customWidth="1"/>
     <col min="34" max="34" width="30.77734375" style="2" customWidth="1"/>
     <col min="35" max="41" width="16.77734375" style="2" customWidth="1"/>
     <col min="42" max="42" width="30.77734375" style="2" customWidth="1"/>
     <col min="43" max="47" width="16.77734375" style="2" customWidth="1"/>
     <col min="48" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:48" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
@@ -1278,108 +1278,108 @@
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AH2" s="10" t="s">
         <v>41</v>
       </c>
       <c r="AI2" s="1"/>
       <c r="AJ2" s="1"/>
       <c r="AK2" s="1"/>
       <c r="AL2" s="1"/>
       <c r="AM2" s="1"/>
       <c r="AN2" s="1"/>
       <c r="AO2" s="1"/>
       <c r="AP2" s="10" t="s">
         <v>41</v>
       </c>
       <c r="AQ2" s="1"/>
       <c r="AR2" s="1"/>
       <c r="AS2" s="1"/>
     </row>
     <row r="3" spans="1:48" ht="24.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
-      <c r="B3" s="19" t="s">
+      <c r="B3" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="C3" s="19"/>
-[...6 lines deleted...]
-      <c r="J3" s="19" t="s">
+      <c r="C3" s="20"/>
+      <c r="D3" s="20"/>
+      <c r="E3" s="20"/>
+      <c r="F3" s="20"/>
+      <c r="G3" s="20"/>
+      <c r="H3" s="20"/>
+      <c r="I3" s="20"/>
+      <c r="J3" s="20" t="s">
         <v>42</v>
       </c>
-      <c r="K3" s="19"/>
-[...6 lines deleted...]
-      <c r="R3" s="19" t="s">
+      <c r="K3" s="20"/>
+      <c r="L3" s="20"/>
+      <c r="M3" s="20"/>
+      <c r="N3" s="20"/>
+      <c r="O3" s="20"/>
+      <c r="P3" s="20"/>
+      <c r="Q3" s="20"/>
+      <c r="R3" s="20" t="s">
         <v>43</v>
       </c>
-      <c r="S3" s="19"/>
-[...6 lines deleted...]
-      <c r="Z3" s="19" t="s">
+      <c r="S3" s="20"/>
+      <c r="T3" s="20"/>
+      <c r="U3" s="20"/>
+      <c r="V3" s="20"/>
+      <c r="W3" s="20"/>
+      <c r="X3" s="20"/>
+      <c r="Y3" s="20"/>
+      <c r="Z3" s="20" t="s">
         <v>44</v>
       </c>
-      <c r="AA3" s="19"/>
-[...6 lines deleted...]
-      <c r="AH3" s="19" t="s">
+      <c r="AA3" s="20"/>
+      <c r="AB3" s="20"/>
+      <c r="AC3" s="20"/>
+      <c r="AD3" s="20"/>
+      <c r="AE3" s="20"/>
+      <c r="AF3" s="20"/>
+      <c r="AG3" s="20"/>
+      <c r="AH3" s="20" t="s">
         <v>45</v>
       </c>
-      <c r="AI3" s="19"/>
-[...6 lines deleted...]
-      <c r="AP3" s="19" t="s">
+      <c r="AI3" s="20"/>
+      <c r="AJ3" s="20"/>
+      <c r="AK3" s="20"/>
+      <c r="AL3" s="20"/>
+      <c r="AM3" s="20"/>
+      <c r="AN3" s="20"/>
+      <c r="AO3" s="20"/>
+      <c r="AP3" s="20" t="s">
         <v>46</v>
       </c>
-      <c r="AQ3" s="19"/>
-[...3 lines deleted...]
-      <c r="AU3" s="19"/>
+      <c r="AQ3" s="20"/>
+      <c r="AR3" s="20"/>
+      <c r="AS3" s="20"/>
+      <c r="AT3" s="20"/>
+      <c r="AU3" s="20"/>
       <c r="AV3" s="8"/>
     </row>
     <row r="4" spans="1:48" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
@@ -1389,108 +1389,108 @@
       <c r="Z4" s="1"/>
       <c r="AA4" s="1"/>
       <c r="AB4" s="1"/>
       <c r="AC4" s="1"/>
       <c r="AD4" s="1"/>
       <c r="AE4" s="1"/>
       <c r="AF4" s="1"/>
       <c r="AG4" s="1"/>
       <c r="AH4" s="1"/>
       <c r="AI4" s="1"/>
       <c r="AJ4" s="1"/>
       <c r="AK4" s="1"/>
       <c r="AL4" s="1"/>
       <c r="AM4" s="1"/>
       <c r="AN4" s="1"/>
       <c r="AO4" s="1"/>
       <c r="AP4" s="1"/>
       <c r="AQ4" s="1"/>
       <c r="AR4" s="1"/>
       <c r="AS4" s="1"/>
       <c r="AT4" s="1"/>
       <c r="AU4" s="1"/>
     </row>
     <row r="5" spans="1:48" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
-      <c r="B5" s="20" t="s">
+      <c r="B5" s="19" t="s">
         <v>58</v>
       </c>
-      <c r="C5" s="20"/>
-[...6 lines deleted...]
-      <c r="J5" s="20" t="s">
+      <c r="C5" s="19"/>
+      <c r="D5" s="19"/>
+      <c r="E5" s="19"/>
+      <c r="F5" s="19"/>
+      <c r="G5" s="19"/>
+      <c r="H5" s="19"/>
+      <c r="I5" s="19"/>
+      <c r="J5" s="19" t="s">
         <v>58</v>
       </c>
-      <c r="K5" s="20"/>
-[...6 lines deleted...]
-      <c r="R5" s="20" t="s">
+      <c r="K5" s="19"/>
+      <c r="L5" s="19"/>
+      <c r="M5" s="19"/>
+      <c r="N5" s="19"/>
+      <c r="O5" s="19"/>
+      <c r="P5" s="19"/>
+      <c r="Q5" s="19"/>
+      <c r="R5" s="19" t="s">
         <v>58</v>
       </c>
-      <c r="S5" s="20"/>
-[...6 lines deleted...]
-      <c r="Z5" s="20" t="s">
+      <c r="S5" s="19"/>
+      <c r="T5" s="19"/>
+      <c r="U5" s="19"/>
+      <c r="V5" s="19"/>
+      <c r="W5" s="19"/>
+      <c r="X5" s="19"/>
+      <c r="Y5" s="19"/>
+      <c r="Z5" s="19" t="s">
         <v>58</v>
       </c>
-      <c r="AA5" s="20"/>
-[...6 lines deleted...]
-      <c r="AH5" s="20" t="s">
+      <c r="AA5" s="19"/>
+      <c r="AB5" s="19"/>
+      <c r="AC5" s="19"/>
+      <c r="AD5" s="19"/>
+      <c r="AE5" s="19"/>
+      <c r="AF5" s="19"/>
+      <c r="AG5" s="19"/>
+      <c r="AH5" s="19" t="s">
         <v>58</v>
       </c>
-      <c r="AI5" s="20"/>
-[...6 lines deleted...]
-      <c r="AP5" s="20" t="s">
+      <c r="AI5" s="19"/>
+      <c r="AJ5" s="19"/>
+      <c r="AK5" s="19"/>
+      <c r="AL5" s="19"/>
+      <c r="AM5" s="19"/>
+      <c r="AN5" s="19"/>
+      <c r="AO5" s="19"/>
+      <c r="AP5" s="19" t="s">
         <v>59</v>
       </c>
-      <c r="AQ5" s="20"/>
-[...3 lines deleted...]
-      <c r="AU5" s="20"/>
+      <c r="AQ5" s="19"/>
+      <c r="AR5" s="19"/>
+      <c r="AS5" s="19"/>
+      <c r="AT5" s="19"/>
+      <c r="AU5" s="19"/>
     </row>
     <row r="6" spans="1:48" ht="24.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1"/>
       <c r="C6" s="9"/>
       <c r="D6" s="3"/>
       <c r="E6" s="4"/>
       <c r="H6" s="3"/>
       <c r="I6" s="18" t="s">
         <v>0</v>
       </c>
       <c r="K6" s="9"/>
       <c r="L6" s="3"/>
       <c r="M6" s="4"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="18" t="s">
         <v>0</v>
       </c>
       <c r="S6" s="9"/>
       <c r="T6" s="3"/>
       <c r="U6" s="4"/>
       <c r="X6" s="3"/>
       <c r="Y6" s="18" t="s">
         <v>0</v>
       </c>
       <c r="AA6" s="9"/>
@@ -2923,51 +2923,51 @@
       </c>
       <c r="D17" s="15">
         <v>0</v>
       </c>
       <c r="E17" s="15">
         <v>0</v>
       </c>
       <c r="F17" s="15">
         <v>0</v>
       </c>
       <c r="G17" s="15">
         <v>0</v>
       </c>
       <c r="H17" s="15">
         <v>0</v>
       </c>
       <c r="I17" s="15">
         <v>0</v>
       </c>
       <c r="J17" s="14" t="s">
         <v>54</v>
       </c>
       <c r="K17" s="15">
         <v>0</v>
       </c>
-      <c r="L17" s="17">
+      <c r="L17" s="15">
         <v>0</v>
       </c>
       <c r="M17" s="17">
         <v>7</v>
       </c>
       <c r="N17" s="15">
         <v>0</v>
       </c>
       <c r="O17" s="15">
         <v>0</v>
       </c>
       <c r="P17" s="15">
         <v>0</v>
       </c>
       <c r="Q17" s="15">
         <v>0</v>
       </c>
       <c r="R17" s="14" t="s">
         <v>54</v>
       </c>
       <c r="S17" s="17">
         <v>846</v>
       </c>
       <c r="T17" s="15">
         <v>0</v>
@@ -3001,51 +3001,51 @@
       </c>
       <c r="AD17" s="15">
         <v>0</v>
       </c>
       <c r="AE17" s="15">
         <v>0</v>
       </c>
       <c r="AF17" s="15">
         <v>0</v>
       </c>
       <c r="AG17" s="15">
         <v>0</v>
       </c>
       <c r="AH17" s="14" t="s">
         <v>54</v>
       </c>
       <c r="AI17" s="15">
         <v>0</v>
       </c>
       <c r="AJ17" s="15">
         <v>0</v>
       </c>
       <c r="AK17" s="15">
         <v>0</v>
       </c>
-      <c r="AL17" s="17">
+      <c r="AL17" s="15">
         <v>0</v>
       </c>
       <c r="AM17" s="17">
         <v>250</v>
       </c>
       <c r="AN17" s="17">
         <v>2520</v>
       </c>
       <c r="AO17" s="15">
         <v>78</v>
       </c>
       <c r="AP17" s="14" t="s">
         <v>54</v>
       </c>
       <c r="AQ17" s="15">
         <v>0</v>
       </c>
       <c r="AR17" s="15">
         <v>8541</v>
       </c>
       <c r="AS17" s="15">
         <v>0</v>
       </c>
       <c r="AT17" s="15">
         <v>0</v>
@@ -3063,51 +3063,51 @@
       </c>
       <c r="D18" s="15">
         <v>0</v>
       </c>
       <c r="E18" s="15">
         <v>0</v>
       </c>
       <c r="F18" s="15">
         <v>0</v>
       </c>
       <c r="G18" s="15">
         <v>0</v>
       </c>
       <c r="H18" s="15">
         <v>0</v>
       </c>
       <c r="I18" s="15">
         <v>0</v>
       </c>
       <c r="J18" s="14" t="s">
         <v>50</v>
       </c>
       <c r="K18" s="15">
         <v>0</v>
       </c>
-      <c r="L18" s="17">
+      <c r="L18" s="15">
         <v>0</v>
       </c>
       <c r="M18" s="17">
         <v>7</v>
       </c>
       <c r="N18" s="15">
         <v>0</v>
       </c>
       <c r="O18" s="15">
         <v>0</v>
       </c>
       <c r="P18" s="15">
         <v>0</v>
       </c>
       <c r="Q18" s="15">
         <v>0</v>
       </c>
       <c r="R18" s="14" t="s">
         <v>50</v>
       </c>
       <c r="S18" s="17">
         <v>846</v>
       </c>
       <c r="T18" s="15">
         <v>0</v>
@@ -3141,51 +3141,51 @@
       </c>
       <c r="AD18" s="15">
         <v>0</v>
       </c>
       <c r="AE18" s="15">
         <v>0</v>
       </c>
       <c r="AF18" s="15">
         <v>0</v>
       </c>
       <c r="AG18" s="15">
         <v>0</v>
       </c>
       <c r="AH18" s="14" t="s">
         <v>50</v>
       </c>
       <c r="AI18" s="15">
         <v>0</v>
       </c>
       <c r="AJ18" s="15">
         <v>0</v>
       </c>
       <c r="AK18" s="15">
         <v>0</v>
       </c>
-      <c r="AL18" s="17">
+      <c r="AL18" s="15">
         <v>0</v>
       </c>
       <c r="AM18" s="17">
         <v>250</v>
       </c>
       <c r="AN18" s="17">
         <v>2520</v>
       </c>
       <c r="AO18" s="15">
         <v>78</v>
       </c>
       <c r="AP18" s="14" t="s">
         <v>50</v>
       </c>
       <c r="AQ18" s="15">
         <v>0</v>
       </c>
       <c r="AR18" s="15">
         <v>8541</v>
       </c>
       <c r="AS18" s="15">
         <v>0</v>
       </c>
       <c r="AT18" s="15">
         <v>0</v>
@@ -3552,51 +3552,51 @@
       </c>
       <c r="AA21" s="15">
         <v>0</v>
       </c>
       <c r="AB21" s="15">
         <v>0</v>
       </c>
       <c r="AC21" s="15">
         <v>0</v>
       </c>
       <c r="AD21" s="15">
         <v>0</v>
       </c>
       <c r="AE21" s="15">
         <v>0</v>
       </c>
       <c r="AF21" s="15">
         <v>0</v>
       </c>
       <c r="AG21" s="15">
         <v>0</v>
       </c>
       <c r="AH21" s="14" t="s">
         <v>50</v>
       </c>
-      <c r="AI21" s="17">
+      <c r="AI21" s="15">
         <v>0</v>
       </c>
       <c r="AJ21" s="15">
         <v>0</v>
       </c>
       <c r="AK21" s="15">
         <v>0</v>
       </c>
       <c r="AL21" s="17">
         <v>2251</v>
       </c>
       <c r="AM21" s="15">
         <v>0</v>
       </c>
       <c r="AN21" s="15">
         <v>0</v>
       </c>
       <c r="AO21" s="15">
         <v>0</v>
       </c>
       <c r="AP21" s="14" t="s">
         <v>50</v>
       </c>
       <c r="AQ21" s="15">
         <v>0</v>