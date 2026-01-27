--- v0 (2025-10-27)
+++ v1 (2026-01-27)
@@ -1,127 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fsb1\gss$\登錄債券\05-還本付息概況表(每半年)\114H1+114H2\114.6.12更新\114H2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fsnas\dt\GSS\登錄債券\05-還本付息概況表(每半年)\115H1+115H2\114.12.30更新\115H1\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4F74773A-7F59-41A6-84AB-6D6A0E021C47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12135"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="1140701~1141231" sheetId="2" r:id="rId1"/>
+    <sheet name="1140101~1140630" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'1140701~1141231'!$A$1:$F$78</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'1140101~1140630'!$A$1:$F$98</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F76" i="2" l="1"/>
-  <c r="E76" i="2"/>
+  <c r="F96" i="2" l="1"/>
+  <c r="E96" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="378" uniqueCount="264">
   <si>
     <t>5I</t>
   </si>
   <si>
     <t>3I</t>
   </si>
   <si>
     <t>1P</t>
   </si>
   <si>
     <t>1I</t>
   </si>
   <si>
     <t>7I</t>
   </si>
   <si>
     <t>2I</t>
   </si>
   <si>
     <t>18I</t>
   </si>
   <si>
     <t>6I</t>
   </si>
   <si>
     <t>4I</t>
   </si>
   <si>
     <t>8I</t>
   </si>
   <si>
     <t>14I</t>
   </si>
   <si>
     <t>11I</t>
   </si>
   <si>
     <t>10I</t>
   </si>
   <si>
     <t>9I</t>
   </si>
   <si>
     <t>12I</t>
   </si>
   <si>
     <t>13I</t>
   </si>
   <si>
     <t>15I</t>
+  </si>
+  <si>
+    <t>20I</t>
   </si>
   <si>
     <t>16I</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>到期日</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
@@ -146,737 +166,890 @@
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>付息金額</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>合計：　　</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>債券代號</t>
     <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>A02101</t>
+  </si>
+  <si>
+    <t>A11201</t>
+  </si>
+  <si>
+    <t>A00102</t>
+  </si>
+  <si>
+    <t>A10101</t>
+  </si>
+  <si>
+    <t>A09102</t>
+  </si>
+  <si>
+    <t>A11101</t>
+  </si>
+  <si>
+    <t>A01102</t>
+  </si>
+  <si>
+    <t>A05102</t>
+  </si>
+  <si>
+    <t>A04102</t>
+  </si>
+  <si>
+    <t>A02103</t>
+  </si>
+  <si>
+    <t>A08102</t>
+  </si>
+  <si>
+    <t>A99102</t>
+  </si>
+  <si>
+    <t>A03103</t>
+  </si>
+  <si>
+    <t>A10102</t>
+  </si>
+  <si>
+    <t>A07102</t>
+  </si>
+  <si>
+    <t>A01104</t>
+  </si>
+  <si>
+    <t>A04104</t>
+  </si>
+  <si>
+    <t>A08103</t>
+  </si>
+  <si>
+    <t>A96102</t>
+  </si>
+  <si>
+    <t>A97102</t>
+  </si>
+  <si>
+    <t>A98102</t>
+  </si>
+  <si>
+    <t>A11102</t>
+  </si>
+  <si>
+    <t>A06103</t>
+  </si>
+  <si>
+    <t>A09103</t>
+  </si>
+  <si>
+    <t>A00104</t>
+  </si>
+  <si>
+    <t>A10103</t>
+  </si>
+  <si>
+    <t>A99104</t>
+  </si>
+  <si>
+    <t>A11103</t>
+  </si>
+  <si>
+    <t>A95102</t>
+  </si>
+  <si>
+    <t>A10104</t>
+  </si>
+  <si>
+    <t>A02105</t>
+  </si>
+  <si>
+    <t>A03105</t>
+  </si>
+  <si>
+    <t>A06104</t>
+  </si>
+  <si>
+    <t>A05104</t>
+  </si>
+  <si>
+    <t>A08104</t>
+  </si>
+  <si>
+    <t>A11104</t>
+  </si>
+  <si>
+    <t>A09104</t>
+  </si>
+  <si>
+    <t>A07103</t>
+  </si>
+  <si>
+    <t>A01201</t>
+  </si>
+  <si>
+    <t>A02201</t>
+  </si>
+  <si>
+    <t>A05106</t>
+  </si>
+  <si>
+    <t>A04107</t>
+  </si>
+  <si>
+    <t>A03107</t>
+  </si>
+  <si>
+    <t>A10201</t>
+  </si>
+  <si>
+    <t>A09105</t>
+  </si>
+  <si>
+    <t>A04108</t>
+  </si>
+  <si>
+    <t>A08105</t>
+  </si>
+  <si>
+    <t>A07104</t>
+  </si>
+  <si>
+    <t>A05107</t>
+  </si>
+  <si>
+    <t>A11105</t>
+  </si>
+  <si>
+    <t>A10105</t>
+  </si>
+  <si>
+    <t>A00201</t>
+  </si>
+  <si>
+    <t>A06106</t>
+  </si>
+  <si>
+    <t>A93106</t>
+  </si>
+  <si>
+    <t>A03108</t>
+  </si>
+  <si>
+    <t>A07105</t>
+  </si>
+  <si>
+    <t>A09106</t>
+  </si>
+  <si>
+    <t>A10107</t>
+  </si>
+  <si>
+    <t>A11106</t>
+  </si>
+  <si>
+    <t>A08106</t>
+  </si>
+  <si>
+    <t>A11107</t>
   </si>
   <si>
     <t>19I</t>
   </si>
   <si>
     <t>17I</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">*  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="15"/>
         <rFont val="標楷體"/>
         <family val="1"/>
         <charset val="136"/>
       </rPr>
       <t>中央</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="15"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>登錄債券還本付息概況表</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="15"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">  * </t>
     </r>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
+    <t>A12201</t>
+  </si>
+  <si>
+    <t>A12101</t>
+  </si>
+  <si>
+    <t>A12102</t>
+  </si>
+  <si>
+    <t>A12104</t>
+  </si>
+  <si>
+    <t>A12105</t>
+  </si>
+  <si>
+    <t>A12106</t>
+  </si>
+  <si>
+    <t>A12107</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 債券名稱</t>
     <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>A13101</t>
+  </si>
+  <si>
+    <t>１１３甲１</t>
+  </si>
+  <si>
+    <t>１０２甲１</t>
+  </si>
+  <si>
+    <t>１１１乙１</t>
+  </si>
+  <si>
+    <t>１１２乙１</t>
+  </si>
+  <si>
+    <t>１００甲２</t>
+  </si>
+  <si>
+    <t>１１０甲１</t>
+  </si>
+  <si>
+    <t>１０９甲２</t>
+  </si>
+  <si>
+    <t>１１２甲１</t>
+  </si>
+  <si>
+    <t>１１１甲１</t>
+  </si>
+  <si>
+    <t>A13102</t>
+  </si>
+  <si>
+    <t>１１３甲２</t>
+  </si>
+  <si>
+    <t>１０１甲２</t>
+  </si>
+  <si>
+    <t>１０５甲２</t>
+  </si>
+  <si>
+    <t>１０４甲２</t>
+  </si>
+  <si>
+    <t>１０２甲３</t>
+  </si>
+  <si>
+    <t>１０８甲２</t>
+  </si>
+  <si>
+    <t>９９甲２</t>
+  </si>
+  <si>
+    <t>１０３甲３</t>
+  </si>
+  <si>
+    <t>１１０甲２</t>
+  </si>
+  <si>
+    <t>A13103</t>
+  </si>
+  <si>
+    <t>１１３甲３</t>
+  </si>
+  <si>
+    <t>１０７甲２</t>
+  </si>
+  <si>
+    <t>１０１甲４</t>
+  </si>
+  <si>
+    <t>１０４甲４</t>
+  </si>
+  <si>
+    <t>１０８甲３</t>
+  </si>
+  <si>
+    <t>９６甲２</t>
+  </si>
+  <si>
+    <t>９７甲２</t>
+  </si>
+  <si>
+    <t>９８甲２</t>
+  </si>
+  <si>
+    <t>１１２甲２</t>
+  </si>
+  <si>
+    <t>１１１甲２</t>
+  </si>
+  <si>
+    <t>１０６甲３</t>
+  </si>
+  <si>
+    <t>１０９甲３</t>
+  </si>
+  <si>
+    <t>１００甲４</t>
+  </si>
+  <si>
+    <t>１１０甲３</t>
+  </si>
+  <si>
+    <t>９９甲４</t>
+  </si>
+  <si>
+    <t>A13104</t>
+  </si>
+  <si>
+    <t>１１３甲４</t>
+  </si>
+  <si>
+    <t>１１１甲３</t>
+  </si>
+  <si>
+    <t>９５甲２</t>
+  </si>
+  <si>
+    <t>１１０甲４</t>
+  </si>
+  <si>
+    <t>１０２甲５</t>
+  </si>
+  <si>
+    <t>１０３甲５</t>
+  </si>
+  <si>
+    <t>１０６甲４</t>
+  </si>
+  <si>
+    <t>１１２甲４</t>
+  </si>
+  <si>
+    <t>１０５甲４</t>
+  </si>
+  <si>
+    <t>１０８甲４</t>
+  </si>
+  <si>
+    <t>１１１甲４</t>
+  </si>
+  <si>
+    <t>１０９甲４</t>
+  </si>
+  <si>
+    <t>１０７甲３</t>
+  </si>
+  <si>
+    <t>A13201</t>
+  </si>
+  <si>
+    <t>１１３乙１</t>
+  </si>
+  <si>
+    <t>１０１乙１</t>
+  </si>
+  <si>
+    <t>１０２乙１</t>
+  </si>
+  <si>
+    <t>１０５甲６</t>
+  </si>
+  <si>
+    <t>１０４甲７</t>
+  </si>
+  <si>
+    <t>１０３甲７</t>
+  </si>
+  <si>
+    <t>A13105</t>
+  </si>
+  <si>
+    <t>１１３甲５</t>
+  </si>
+  <si>
+    <t>１１０乙１</t>
+  </si>
+  <si>
+    <t>A13202</t>
+  </si>
+  <si>
+    <t>１１３乙２</t>
+  </si>
+  <si>
+    <t>１０９甲５</t>
+  </si>
+  <si>
+    <t>１１２甲５</t>
+  </si>
+  <si>
+    <t>１０４甲８</t>
+  </si>
+  <si>
+    <t>１０８甲５</t>
+  </si>
+  <si>
+    <t>１０７甲４</t>
+  </si>
+  <si>
+    <t>１０５甲７</t>
+  </si>
+  <si>
+    <t>１１１甲５</t>
+  </si>
+  <si>
+    <t>１１０甲５</t>
+  </si>
+  <si>
+    <t>A13106</t>
+  </si>
+  <si>
+    <t>１１３甲６</t>
+  </si>
+  <si>
+    <t>１００乙１</t>
+  </si>
+  <si>
+    <t>１０６甲６</t>
+  </si>
+  <si>
+    <t>１１２甲６</t>
+  </si>
+  <si>
+    <t>９３甲６</t>
+  </si>
+  <si>
+    <t>１０３甲８</t>
+  </si>
+  <si>
+    <t>１０７甲５</t>
+  </si>
+  <si>
+    <t>１１２甲７</t>
+  </si>
+  <si>
+    <t>１０９甲６</t>
+  </si>
+  <si>
+    <t>A13107</t>
+  </si>
+  <si>
+    <t>１１３甲７</t>
+  </si>
+  <si>
+    <t>１１０甲７</t>
+  </si>
+  <si>
+    <t>１１１甲６</t>
+  </si>
+  <si>
+    <t>１０８甲６</t>
+  </si>
+  <si>
+    <t>１１１甲７</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>期間：</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t xml:space="preserve"> 114/7/1 ~ 114/12/31</t>
+      <t xml:space="preserve"> 115/1/1 ~ 115/6/30</t>
     </r>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
-    <t>114/07/17</t>
-[...503 lines deleted...]
-    <t>財１１３－８</t>
+    <t>115/01/05</t>
+  </si>
+  <si>
+    <t>115/01/09</t>
+  </si>
+  <si>
+    <t>A14101</t>
+  </si>
+  <si>
+    <t>１１４甲１</t>
+  </si>
+  <si>
+    <t>115/01/10</t>
+  </si>
+  <si>
+    <t>115/01/13</t>
+  </si>
+  <si>
+    <t>115/01/17</t>
+  </si>
+  <si>
+    <t>115/01/18</t>
+  </si>
+  <si>
+    <t>115/01/20</t>
+  </si>
+  <si>
+    <t>A14201</t>
+  </si>
+  <si>
+    <t>１１４乙１</t>
+  </si>
+  <si>
+    <t>115/01/22</t>
+  </si>
+  <si>
+    <t>A14102</t>
+  </si>
+  <si>
+    <t>１１４甲２</t>
+  </si>
+  <si>
+    <t>115/01/23</t>
+  </si>
+  <si>
+    <t>115/01/28</t>
+  </si>
+  <si>
+    <t>115/01/29</t>
+  </si>
+  <si>
+    <t>115/02/08</t>
+  </si>
+  <si>
+    <t>115/02/13</t>
+  </si>
+  <si>
+    <t>A14103</t>
+  </si>
+  <si>
+    <t>１１４甲３</t>
+  </si>
+  <si>
+    <t>115/02/14</t>
+  </si>
+  <si>
+    <t>115/02/16</t>
+  </si>
+  <si>
+    <t>115/02/17</t>
+  </si>
+  <si>
+    <t>115/02/18</t>
+  </si>
+  <si>
+    <t>115/02/20</t>
+  </si>
+  <si>
+    <t>115/02/21</t>
+  </si>
+  <si>
+    <t>115/02/22</t>
+  </si>
+  <si>
+    <t>115/02/23</t>
+  </si>
+  <si>
+    <t>115/02/24</t>
+  </si>
+  <si>
+    <t>115/02/25</t>
+  </si>
+  <si>
+    <t>115/02/26</t>
+  </si>
+  <si>
+    <t>115/03/01</t>
+  </si>
+  <si>
+    <t>115/03/03</t>
+  </si>
+  <si>
+    <t>115/03/04</t>
+  </si>
+  <si>
+    <t>115/03/09</t>
+  </si>
+  <si>
+    <t>115/03/12</t>
+  </si>
+  <si>
+    <t>A14104</t>
+  </si>
+  <si>
+    <t>１１４甲４</t>
+  </si>
+  <si>
+    <t>115/03/13</t>
+  </si>
+  <si>
+    <t>115/03/15</t>
+  </si>
+  <si>
+    <t>115/03/16</t>
+  </si>
+  <si>
+    <t>115/03/21</t>
+  </si>
+  <si>
+    <t>115/03/27</t>
+  </si>
+  <si>
+    <t>A14105</t>
+  </si>
+  <si>
+    <t>１１４甲５</t>
+  </si>
+  <si>
+    <t>115/04/08</t>
+  </si>
+  <si>
+    <t>115/04/15</t>
+  </si>
+  <si>
+    <t>115/04/25</t>
+  </si>
+  <si>
+    <t>115/05/07</t>
+  </si>
+  <si>
+    <t>115/05/10</t>
+  </si>
+  <si>
+    <t>115/05/12</t>
+  </si>
+  <si>
+    <t>115/05/15</t>
+  </si>
+  <si>
+    <t>115/05/16</t>
+  </si>
+  <si>
+    <t>A14106</t>
+  </si>
+  <si>
+    <t>１１４甲６</t>
+  </si>
+  <si>
+    <t>115/05/17</t>
+  </si>
+  <si>
+    <t>115/05/18</t>
+  </si>
+  <si>
+    <t>115/05/20</t>
+  </si>
+  <si>
+    <t>115/05/21</t>
+  </si>
+  <si>
+    <t>115/05/24</t>
+  </si>
+  <si>
+    <t>115/05/26</t>
+  </si>
+  <si>
+    <t>115/05/27</t>
+  </si>
+  <si>
+    <t>22I</t>
+  </si>
+  <si>
+    <t>115/05/28</t>
+  </si>
+  <si>
+    <t>115/06/08</t>
+  </si>
+  <si>
+    <t>115/06/09</t>
+  </si>
+  <si>
+    <t>115/06/11</t>
+  </si>
+  <si>
+    <t>115/06/13</t>
+  </si>
+  <si>
+    <t>A14107</t>
+  </si>
+  <si>
+    <t>１１４甲７</t>
+  </si>
+  <si>
+    <t>115/06/21</t>
+  </si>
+  <si>
+    <t>115/06/23</t>
+  </si>
+  <si>
+    <t>115/06/26</t>
+  </si>
+  <si>
+    <t>115/06/30</t>
+  </si>
+  <si>
+    <t>T14007</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>2I</t>
+    <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>2P</t>
-  </si>
-[...37 lines deleted...]
-    <t>財１１４－４</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>財１１４－７</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>更新日期：</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>114</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
-        <family val="1"/>
+        <family val="4"/>
       </rPr>
-      <t>6</t>
+      <t>12</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>月</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
-        <family val="1"/>
+        <family val="4"/>
       </rPr>
-      <t>12</t>
+      <t>30</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>日</t>
     </r>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="#,##0_ "/>
   </numFmts>
-  <fonts count="16">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="1"/>
@@ -930,50 +1103,61 @@
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <name val="標楷體"/>
       <family val="4"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <name val="標楷體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="4"/>
+      <charset val="136"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="4"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="4"/>
       <charset val="136"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
@@ -1116,51 +1300,51 @@
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1195,187 +1379,190 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
-    <cellStyle name="一般 2" xfId="1"/>
-    <cellStyle name="一般 3" xfId="2"/>
+    <cellStyle name="一般 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="一般 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1508,82 +1695,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:ER78"/>
+  <dimension ref="A1:ER98"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A55" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F78" sqref="F78"/>
+    <sheetView tabSelected="1" topLeftCell="A80" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H102" sqref="H102"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="12" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="2" width="16.375" style="2" customWidth="1"/>
+    <col min="1" max="2" width="16.36328125" style="2" customWidth="1"/>
     <col min="3" max="3" width="15" style="2" customWidth="1"/>
-    <col min="4" max="4" width="5.625" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="16384" width="8.875" style="2"/>
+    <col min="4" max="4" width="5.6328125" style="2" customWidth="1"/>
+    <col min="5" max="6" width="21.6328125" style="2" customWidth="1"/>
+    <col min="7" max="16384" width="8.90625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:148" ht="18.75" customHeight="1">
+    <row r="1" spans="1:148" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="18" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="B1" s="19"/>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
     </row>
-    <row r="2" spans="1:148" s="3" customFormat="1" ht="14.25" customHeight="1">
+    <row r="2" spans="1:148" s="3" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="20" t="s">
-        <v>28</v>
+        <v>183</v>
       </c>
       <c r="B2" s="21"/>
       <c r="C2" s="21"/>
       <c r="D2" s="21"/>
       <c r="E2" s="21"/>
       <c r="F2" s="21"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1689,68 +1876,68 @@
       <c r="DU2" s="2"/>
       <c r="DV2" s="2"/>
       <c r="DW2" s="2"/>
       <c r="DX2" s="2"/>
       <c r="DY2" s="2"/>
       <c r="DZ2" s="2"/>
       <c r="EA2" s="2"/>
       <c r="EB2" s="2"/>
       <c r="EC2" s="2"/>
       <c r="ED2" s="2"/>
       <c r="EE2" s="2"/>
       <c r="EF2" s="2"/>
       <c r="EG2" s="2"/>
       <c r="EH2" s="2"/>
       <c r="EI2" s="2"/>
       <c r="EJ2" s="2"/>
       <c r="EK2" s="2"/>
       <c r="EL2" s="2"/>
       <c r="EM2" s="2"/>
       <c r="EN2" s="2"/>
       <c r="EO2" s="2"/>
       <c r="EP2" s="2"/>
       <c r="EQ2" s="2"/>
       <c r="ER2" s="2"/>
     </row>
-    <row r="3" spans="1:148" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="3" spans="1:148" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B3" s="16" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C3" s="17" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="D3" s="10" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" s="12" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
       <c r="Z3" s="2"/>
       <c r="AA3" s="2"/>
       <c r="AB3" s="2"/>
       <c r="AC3" s="2"/>
       <c r="AD3" s="2"/>
@@ -1851,1762 +2038,1860 @@
       <c r="DU3" s="2"/>
       <c r="DV3" s="2"/>
       <c r="DW3" s="2"/>
       <c r="DX3" s="2"/>
       <c r="DY3" s="2"/>
       <c r="DZ3" s="2"/>
       <c r="EA3" s="2"/>
       <c r="EB3" s="2"/>
       <c r="EC3" s="2"/>
       <c r="ED3" s="2"/>
       <c r="EE3" s="2"/>
       <c r="EF3" s="2"/>
       <c r="EG3" s="2"/>
       <c r="EH3" s="2"/>
       <c r="EI3" s="2"/>
       <c r="EJ3" s="2"/>
       <c r="EK3" s="2"/>
       <c r="EL3" s="2"/>
       <c r="EM3" s="2"/>
       <c r="EN3" s="2"/>
       <c r="EO3" s="2"/>
       <c r="EP3" s="2"/>
       <c r="EQ3" s="2"/>
       <c r="ER3" s="2"/>
     </row>
-    <row r="4" spans="1:148" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="4" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="1" t="s">
-        <v>206</v>
+        <v>184</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>207</v>
+        <v>97</v>
       </c>
       <c r="C4" s="8" t="s">
-        <v>208</v>
+        <v>98</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="13">
-        <v>28320000</v>
-[...144 lines deleted...]
-    <row r="5" spans="1:148" s="3" customFormat="1" ht="13.5" customHeight="1">
+        <v>337500000</v>
+      </c>
+    </row>
+    <row r="5" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A5" s="1" t="s">
-        <v>206</v>
+        <v>184</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>207</v>
+        <v>97</v>
       </c>
       <c r="C5" s="8" t="s">
-        <v>208</v>
+        <v>98</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>198</v>
+        <v>2</v>
       </c>
       <c r="E5" s="5">
-        <v>29971680000</v>
+        <v>30000000000</v>
       </c>
       <c r="F5" s="13"/>
-      <c r="G5" s="2"/>
-[...142 lines deleted...]
-    <row r="6" spans="1:148" ht="13.5" customHeight="1">
+      <c r="G5" s="6"/>
+    </row>
+    <row r="6" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="1" t="s">
-        <v>203</v>
+        <v>185</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>204</v>
+        <v>25</v>
       </c>
       <c r="C6" s="8" t="s">
-        <v>205</v>
+        <v>99</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="13">
-        <v>127400000</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:148" ht="13.5" customHeight="1">
+        <v>550000000</v>
+      </c>
+      <c r="G6" s="6"/>
+    </row>
+    <row r="7" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="1" t="s">
-        <v>203</v>
+        <v>185</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>205</v>
+        <v>187</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="F7" s="13"/>
+        <v>3</v>
+      </c>
+      <c r="E7" s="5"/>
+      <c r="F7" s="13">
+        <v>900000000</v>
+      </c>
       <c r="G7" s="6"/>
     </row>
-    <row r="8" spans="1:148" ht="13.5" customHeight="1">
+    <row r="8" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>188</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C8" s="8" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="13">
-        <v>125000000</v>
+        <v>135000000</v>
       </c>
       <c r="G8" s="6"/>
     </row>
-    <row r="9" spans="1:148" ht="13.5" customHeight="1">
+    <row r="9" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A9" s="1" t="s">
-        <v>29</v>
+        <v>188</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>2</v>
-[...4 lines deleted...]
-      <c r="F9" s="13"/>
+        <v>1</v>
+      </c>
+      <c r="E9" s="5"/>
+      <c r="F9" s="13">
+        <v>225000000</v>
+      </c>
       <c r="G9" s="6"/>
     </row>
-    <row r="10" spans="1:148" ht="13.5" customHeight="1">
+    <row r="10" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A10" s="1" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="13">
-        <v>1450000000</v>
+        <v>1381250000</v>
       </c>
       <c r="G10" s="6"/>
     </row>
-    <row r="11" spans="1:148" ht="13.5" customHeight="1">
+    <row r="11" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="1" t="s">
-        <v>35</v>
+        <v>189</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>37</v>
+        <v>103</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="13">
-        <v>337500000</v>
+        <v>150000000</v>
       </c>
       <c r="G11" s="6"/>
     </row>
-    <row r="12" spans="1:148" ht="13.5" customHeight="1">
+    <row r="12" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A12" s="1" t="s">
-        <v>38</v>
+        <v>189</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>40</v>
+        <v>103</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="E12" s="5">
+        <v>60000000000</v>
+      </c>
+      <c r="F12" s="13"/>
       <c r="G12" s="6"/>
     </row>
-    <row r="13" spans="1:148" ht="13.5" customHeight="1">
+    <row r="13" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="1" t="s">
-        <v>41</v>
+        <v>190</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="13">
-        <v>150000000</v>
+        <v>225000000</v>
       </c>
       <c r="G13" s="6"/>
     </row>
-    <row r="14" spans="1:148" ht="13.5" customHeight="1">
+    <row r="14" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A14" s="1" t="s">
-        <v>44</v>
+        <v>190</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>45</v>
+        <v>90</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>46</v>
+        <v>105</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="13">
-        <v>637500000</v>
+        <v>650000000</v>
       </c>
       <c r="G14" s="6"/>
     </row>
-    <row r="15" spans="1:148" ht="13.5" customHeight="1">
+    <row r="15" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A15" s="1" t="s">
-        <v>47</v>
+        <v>191</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>49</v>
+        <v>106</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E15" s="5"/>
       <c r="F15" s="13">
-        <v>1218750000</v>
+        <v>350000000</v>
       </c>
       <c r="G15" s="6"/>
     </row>
-    <row r="16" spans="1:148" ht="13.5" customHeight="1">
+    <row r="16" spans="1:148" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A16" s="1" t="s">
-        <v>47</v>
+        <v>191</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>50</v>
+        <v>107</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="E16" s="5"/>
       <c r="F16" s="13">
-        <v>1407550000</v>
+        <v>412500000</v>
       </c>
       <c r="G16" s="6"/>
     </row>
-    <row r="17" spans="1:7" ht="13.5" customHeight="1">
+    <row r="17" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A17" s="1" t="s">
-        <v>52</v>
+        <v>192</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>54</v>
+        <v>109</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="13">
-        <v>787500000</v>
+        <v>1300000000</v>
       </c>
       <c r="G17" s="6"/>
     </row>
-    <row r="18" spans="1:7" ht="13.5" customHeight="1">
+    <row r="18" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A18" s="1" t="s">
-        <v>55</v>
+        <v>192</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>56</v>
+        <v>193</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>57</v>
+        <v>194</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="E18" s="5"/>
       <c r="F18" s="13">
-        <v>412500000</v>
+        <v>113750000</v>
       </c>
       <c r="G18" s="6"/>
     </row>
-    <row r="19" spans="1:7" ht="13.5" customHeight="1">
+    <row r="19" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A19" s="1" t="s">
-        <v>58</v>
+        <v>195</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>60</v>
+        <v>110</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E19" s="5"/>
       <c r="F19" s="13">
-        <v>900000000</v>
+        <v>412500000</v>
       </c>
       <c r="G19" s="6"/>
     </row>
-    <row r="20" spans="1:7" ht="13.5" customHeight="1">
+    <row r="20" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A20" s="1" t="s">
-        <v>58</v>
+        <v>195</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>61</v>
+        <v>196</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>62</v>
+        <v>197</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="E20" s="5"/>
       <c r="F20" s="13">
-        <v>675000000</v>
+        <v>375000000</v>
       </c>
       <c r="G20" s="6"/>
     </row>
-    <row r="21" spans="1:7" ht="13.5" customHeight="1">
+    <row r="21" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A21" s="1" t="s">
-        <v>63</v>
+        <v>198</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="13">
-        <v>1400000000</v>
+        <v>636044000</v>
       </c>
       <c r="G21" s="6"/>
     </row>
-    <row r="22" spans="1:7" ht="13.5" customHeight="1">
+    <row r="22" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A22" s="1" t="s">
-        <v>66</v>
+        <v>199</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>68</v>
+        <v>112</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="13">
-        <v>1275000000</v>
+        <v>1050000000</v>
       </c>
       <c r="G22" s="6"/>
     </row>
-    <row r="23" spans="1:7" ht="13.5" customHeight="1">
+    <row r="23" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A23" s="1" t="s">
-        <v>69</v>
+        <v>199</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>71</v>
+        <v>113</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="13">
-        <v>1575000000</v>
+        <v>337500000</v>
       </c>
       <c r="G23" s="6"/>
     </row>
-    <row r="24" spans="1:7" ht="13.5" customHeight="1">
+    <row r="24" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A24" s="1" t="s">
-        <v>72</v>
+        <v>199</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>74</v>
+        <v>114</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E24" s="5"/>
       <c r="F24" s="13">
-        <v>375000000</v>
+        <v>1350000000</v>
       </c>
       <c r="G24" s="6"/>
     </row>
-    <row r="25" spans="1:7" ht="13.5" customHeight="1">
+    <row r="25" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A25" s="1" t="s">
-        <v>75</v>
+        <v>200</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>77</v>
+        <v>115</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E25" s="5"/>
       <c r="F25" s="13">
-        <v>80000000</v>
+        <v>600000000</v>
       </c>
       <c r="G25" s="6"/>
     </row>
-    <row r="26" spans="1:7" ht="13.5" customHeight="1">
+    <row r="26" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A26" s="1" t="s">
-        <v>78</v>
+        <v>200</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>80</v>
+        <v>116</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="E26" s="5"/>
       <c r="F26" s="13">
-        <v>1125000000</v>
+        <v>175000000</v>
       </c>
       <c r="G26" s="6"/>
     </row>
-    <row r="27" spans="1:7" ht="13.5" customHeight="1">
+    <row r="27" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A27" s="1" t="s">
-        <v>81</v>
+        <v>200</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>83</v>
+        <v>118</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="E27" s="5"/>
       <c r="F27" s="13">
-        <v>975000000</v>
+        <v>731250000</v>
       </c>
       <c r="G27" s="6"/>
     </row>
-    <row r="28" spans="1:7" ht="13.5" customHeight="1">
+    <row r="28" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A28" s="1" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>210</v>
+        <v>39</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>211</v>
+        <v>119</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="E28" s="5"/>
       <c r="F28" s="13">
-        <v>104700000</v>
+        <v>500000000</v>
       </c>
       <c r="G28" s="6"/>
     </row>
-    <row r="29" spans="1:7" ht="13.5" customHeight="1">
+    <row r="29" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A29" s="1" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>210</v>
+        <v>40</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>211</v>
+        <v>120</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="F29" s="13"/>
+        <v>10</v>
+      </c>
+      <c r="E29" s="5"/>
+      <c r="F29" s="13">
+        <v>1225000000</v>
+      </c>
       <c r="G29" s="6"/>
     </row>
-    <row r="30" spans="1:7" ht="13.5" customHeight="1">
+    <row r="30" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A30" s="1" t="s">
-        <v>84</v>
+        <v>202</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>86</v>
+        <v>121</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="13">
-        <v>225000000</v>
+        <v>736257125</v>
       </c>
       <c r="G30" s="6"/>
     </row>
-    <row r="31" spans="1:7" ht="13.5" customHeight="1">
+    <row r="31" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A31" s="1" t="s">
-        <v>87</v>
+        <v>202</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>88</v>
+        <v>42</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="13">
-        <v>562500000</v>
+        <v>412500000</v>
       </c>
       <c r="G31" s="6"/>
     </row>
-    <row r="32" spans="1:7" ht="13.5" customHeight="1">
+    <row r="32" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A32" s="1" t="s">
-        <v>90</v>
+        <v>202</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>91</v>
+        <v>203</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>92</v>
+        <v>204</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="13">
-        <v>1068750000</v>
+        <v>900000000</v>
       </c>
       <c r="G32" s="6"/>
     </row>
-    <row r="33" spans="1:7" ht="13.5" customHeight="1">
+    <row r="33" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A33" s="1" t="s">
-        <v>90</v>
+        <v>205</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>91</v>
+        <v>43</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>92</v>
+        <v>123</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>2</v>
-[...4 lines deleted...]
-      <c r="F33" s="13"/>
+        <v>86</v>
+      </c>
+      <c r="E33" s="5"/>
+      <c r="F33" s="13">
+        <v>798006000</v>
+      </c>
       <c r="G33" s="6"/>
     </row>
-    <row r="34" spans="1:7" ht="13.5" customHeight="1">
+    <row r="34" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A34" s="1" t="s">
-        <v>93</v>
+        <v>205</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>94</v>
+        <v>44</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>95</v>
+        <v>124</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="13">
-        <v>687500000</v>
+        <v>1500000000</v>
       </c>
       <c r="G34" s="6"/>
     </row>
-    <row r="35" spans="1:7" ht="13.5" customHeight="1">
+    <row r="35" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A35" s="1" t="s">
-        <v>96</v>
+        <v>206</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>97</v>
+        <v>45</v>
       </c>
       <c r="C35" s="8" t="s">
-        <v>98</v>
+        <v>125</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>5</v>
+        <v>87</v>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="13">
-        <v>281250000</v>
+        <v>1275000000</v>
       </c>
       <c r="G35" s="6"/>
     </row>
-    <row r="36" spans="1:7" ht="13.5" customHeight="1">
+    <row r="36" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A36" s="1" t="s">
-        <v>99</v>
+        <v>207</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>101</v>
+        <v>126</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="13">
-        <v>150000000</v>
+        <v>675000000</v>
       </c>
       <c r="G36" s="6"/>
     </row>
-    <row r="37" spans="1:7" ht="13.5" customHeight="1">
+    <row r="37" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A37" s="1" t="s">
-        <v>102</v>
+        <v>208</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="13">
-        <v>750000000</v>
+        <v>375000000</v>
       </c>
       <c r="G37" s="6"/>
     </row>
-    <row r="38" spans="1:7" ht="13.5" customHeight="1">
+    <row r="38" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A38" s="1" t="s">
-        <v>105</v>
+        <v>209</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>106</v>
+        <v>47</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="13">
-        <v>225000000</v>
+        <v>437500000</v>
       </c>
       <c r="G38" s="6"/>
     </row>
-    <row r="39" spans="1:7" ht="13.5" customHeight="1">
+    <row r="39" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A39" s="1" t="s">
-        <v>108</v>
+        <v>210</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="13">
-        <v>343750000</v>
+        <v>300000000</v>
       </c>
       <c r="G39" s="6"/>
     </row>
-    <row r="40" spans="1:7" ht="13.5" customHeight="1">
+    <row r="40" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A40" s="1" t="s">
-        <v>111</v>
+        <v>211</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>112</v>
+        <v>49</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="13">
-        <v>625000000</v>
+        <v>1200000000</v>
       </c>
       <c r="G40" s="6"/>
     </row>
-    <row r="41" spans="1:7" ht="13.5" customHeight="1">
+    <row r="41" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A41" s="1" t="s">
-        <v>114</v>
+        <v>211</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>115</v>
+        <v>50</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>116</v>
+        <v>131</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="13">
-        <v>375000000</v>
+        <v>150000000</v>
       </c>
       <c r="G41" s="6"/>
     </row>
-    <row r="42" spans="1:7" ht="13.5" customHeight="1">
+    <row r="42" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A42" s="1" t="s">
-        <v>117</v>
+        <v>211</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>118</v>
+        <v>51</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E42" s="5"/>
       <c r="F42" s="13">
-        <v>175000000</v>
+        <v>1500000000</v>
       </c>
       <c r="G42" s="6"/>
     </row>
-    <row r="43" spans="1:7" ht="13.5" customHeight="1">
+    <row r="43" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A43" s="1" t="s">
-        <v>120</v>
+        <v>212</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E43" s="5"/>
       <c r="F43" s="13">
-        <v>480939375</v>
+        <v>787500000</v>
       </c>
       <c r="G43" s="6"/>
     </row>
-    <row r="44" spans="1:7" ht="13.5" customHeight="1">
+    <row r="44" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A44" s="1" t="s">
-        <v>120</v>
+        <v>213</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>201</v>
+        <v>52</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>202</v>
+        <v>135</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="E44" s="5"/>
       <c r="F44" s="13">
-        <v>214650000</v>
+        <v>275000000</v>
       </c>
       <c r="G44" s="6"/>
     </row>
-    <row r="45" spans="1:7" ht="13.5" customHeight="1">
+    <row r="45" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A45" s="1" t="s">
-        <v>120</v>
+        <v>213</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>201</v>
+        <v>53</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>202</v>
+        <v>136</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="F45" s="13"/>
+        <v>17</v>
+      </c>
+      <c r="E45" s="5"/>
+      <c r="F45" s="13">
+        <v>1125000000</v>
+      </c>
       <c r="G45" s="6"/>
     </row>
-    <row r="46" spans="1:7" ht="13.5" customHeight="1">
+    <row r="46" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A46" s="1" t="s">
-        <v>123</v>
+        <v>213</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>124</v>
+        <v>53</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="E46" s="5">
+        <v>60000000000</v>
+      </c>
+      <c r="F46" s="13"/>
       <c r="G46" s="6"/>
     </row>
-    <row r="47" spans="1:7" ht="13.5" customHeight="1">
+    <row r="47" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A47" s="1" t="s">
-        <v>126</v>
+        <v>214</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>127</v>
+        <v>54</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="13">
-        <v>750000000</v>
+        <v>218750000</v>
       </c>
       <c r="G47" s="6"/>
     </row>
-    <row r="48" spans="1:7" ht="13.5" customHeight="1">
+    <row r="48" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A48" s="1" t="s">
-        <v>129</v>
+        <v>215</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>130</v>
+        <v>55</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="13">
-        <v>375000000</v>
+        <v>1118300750</v>
       </c>
       <c r="G48" s="6"/>
     </row>
-    <row r="49" spans="1:7" ht="13.5" customHeight="1">
+    <row r="49" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A49" s="1" t="s">
-        <v>129</v>
+        <v>215</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>132</v>
+        <v>56</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="13">
-        <v>150000000</v>
+        <v>637500000</v>
       </c>
       <c r="G49" s="6"/>
     </row>
-    <row r="50" spans="1:7" ht="13.5" customHeight="1">
+    <row r="50" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A50" s="1" t="s">
-        <v>134</v>
+        <v>216</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>135</v>
+        <v>57</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="13">
-        <v>393750000</v>
+        <v>900000000</v>
       </c>
       <c r="G50" s="6"/>
     </row>
-    <row r="51" spans="1:7" ht="13.5" customHeight="1">
+    <row r="51" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A51" s="1" t="s">
-        <v>134</v>
+        <v>217</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>137</v>
+        <v>92</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E51" s="5"/>
       <c r="F51" s="13">
-        <v>1050000000</v>
+        <v>343750000</v>
       </c>
       <c r="G51" s="6"/>
     </row>
-    <row r="52" spans="1:7" ht="13.5" customHeight="1">
+    <row r="52" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A52" s="1" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>140</v>
+        <v>58</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E52" s="5"/>
       <c r="F52" s="13">
-        <v>1050000000</v>
+        <v>675000000</v>
       </c>
       <c r="G52" s="6"/>
     </row>
-    <row r="53" spans="1:7" ht="13.5" customHeight="1">
+    <row r="53" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C53" s="8" t="s">
         <v>142</v>
       </c>
-      <c r="B53" s="4" t="s">
+      <c r="D53" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="E53" s="5">
+        <v>90000000000</v>
+      </c>
+      <c r="F53" s="13"/>
+      <c r="G53" s="6"/>
+    </row>
+    <row r="54" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C54" s="8" t="s">
         <v>143</v>
       </c>
-      <c r="C53" s="8" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="D54" s="4" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="13">
-        <v>525000000</v>
+        <v>281250000</v>
       </c>
       <c r="G54" s="6"/>
     </row>
-    <row r="55" spans="1:7" ht="13.5" customHeight="1">
+    <row r="55" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A55" s="1" t="s">
-        <v>148</v>
+        <v>218</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>149</v>
+        <v>60</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="13">
-        <v>200000000</v>
+        <v>262500000</v>
       </c>
       <c r="G55" s="6"/>
     </row>
-    <row r="56" spans="1:7" ht="13.5" customHeight="1">
+    <row r="56" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A56" s="1" t="s">
-        <v>151</v>
+        <v>219</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>152</v>
+        <v>61</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E56" s="5"/>
       <c r="F56" s="13">
-        <v>275000000</v>
+        <v>150000000</v>
       </c>
       <c r="G56" s="6"/>
     </row>
-    <row r="57" spans="1:7" ht="13.5" customHeight="1">
+    <row r="57" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A57" s="1" t="s">
-        <v>154</v>
+        <v>220</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>155</v>
+        <v>221</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>156</v>
+        <v>222</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="E57" s="5"/>
       <c r="F57" s="13">
-        <v>743750000</v>
+        <v>900000000</v>
       </c>
       <c r="G57" s="6"/>
     </row>
-    <row r="58" spans="1:7" ht="13.5" customHeight="1">
+    <row r="58" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A58" s="1" t="s">
-        <v>157</v>
+        <v>223</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>158</v>
+        <v>62</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>159</v>
+        <v>146</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E58" s="5"/>
       <c r="F58" s="13">
-        <v>712500000</v>
+        <v>343750000</v>
       </c>
       <c r="G58" s="6"/>
     </row>
-    <row r="59" spans="1:7" ht="13.5" customHeight="1">
+    <row r="59" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A59" s="1" t="s">
-        <v>160</v>
+        <v>224</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>162</v>
+        <v>148</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E59" s="5"/>
       <c r="F59" s="13">
-        <v>187500000</v>
+        <v>225000000</v>
       </c>
       <c r="G59" s="6"/>
     </row>
-    <row r="60" spans="1:7" ht="13.5" customHeight="1">
+    <row r="60" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A60" s="1" t="s">
-        <v>163</v>
+        <v>224</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>165</v>
+        <v>148</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>3</v>
-[...4 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="E60" s="5">
+        <v>20000000000</v>
+      </c>
+      <c r="F60" s="13"/>
       <c r="G60" s="6"/>
     </row>
-    <row r="61" spans="1:7" ht="13.5" customHeight="1">
+    <row r="61" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A61" s="1" t="s">
-        <v>166</v>
+        <v>225</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>167</v>
+        <v>63</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>168</v>
+        <v>149</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="E61" s="5"/>
       <c r="F61" s="13">
-        <v>900000000</v>
+        <v>650000000</v>
       </c>
       <c r="G61" s="6"/>
     </row>
-    <row r="62" spans="1:7" ht="13.5" customHeight="1">
+    <row r="62" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A62" s="1" t="s">
-        <v>169</v>
+        <v>226</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>170</v>
+        <v>64</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>171</v>
+        <v>150</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="E62" s="5"/>
       <c r="F62" s="13">
-        <v>437500000</v>
+        <v>700000000</v>
       </c>
       <c r="G62" s="6"/>
     </row>
-    <row r="63" spans="1:7" ht="13.5" customHeight="1">
+    <row r="63" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A63" s="1" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>173</v>
+        <v>228</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>174</v>
+        <v>229</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E63" s="5"/>
       <c r="F63" s="13">
-        <v>406250000</v>
+        <v>375396000</v>
       </c>
       <c r="G63" s="6"/>
     </row>
-    <row r="64" spans="1:7" ht="13.5" customHeight="1">
+    <row r="64" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A64" s="1" t="s">
-        <v>175</v>
+        <v>230</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>176</v>
+        <v>65</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E64" s="5"/>
       <c r="F64" s="13">
-        <v>500000000</v>
+        <v>375000000</v>
       </c>
       <c r="G64" s="6"/>
     </row>
-    <row r="65" spans="1:7" ht="13.5" customHeight="1">
+    <row r="65" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A65" s="1" t="s">
-        <v>178</v>
+        <v>231</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>179</v>
+        <v>66</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>180</v>
+        <v>152</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E65" s="5"/>
       <c r="F65" s="13">
-        <v>515290500</v>
+        <v>637500000</v>
       </c>
       <c r="G65" s="6"/>
     </row>
-    <row r="66" spans="1:7" ht="13.5" customHeight="1">
+    <row r="66" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A66" s="1" t="s">
-        <v>178</v>
+        <v>232</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>199</v>
+        <v>67</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>200</v>
+        <v>153</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="E66" s="5"/>
       <c r="F66" s="13">
-        <v>373310000</v>
+        <v>656250000</v>
       </c>
       <c r="G66" s="6"/>
     </row>
-    <row r="67" spans="1:7" ht="13.5" customHeight="1">
+    <row r="67" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A67" s="1" t="s">
-        <v>178</v>
+        <v>232</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>199</v>
+        <v>154</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>200</v>
+        <v>155</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="F67" s="13"/>
+        <v>5</v>
+      </c>
+      <c r="E67" s="5"/>
+      <c r="F67" s="13">
+        <v>975000000</v>
+      </c>
       <c r="G67" s="6"/>
     </row>
-    <row r="68" spans="1:7" ht="13.5" customHeight="1">
+    <row r="68" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A68" s="1" t="s">
-        <v>181</v>
+        <v>233</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>182</v>
+        <v>68</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>183</v>
+        <v>156</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E68" s="5"/>
       <c r="F68" s="13">
         <v>112500000</v>
       </c>
       <c r="G68" s="6"/>
     </row>
-    <row r="69" spans="1:7" ht="13.5" customHeight="1">
+    <row r="69" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A69" s="1" t="s">
-        <v>184</v>
+        <v>234</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>186</v>
+        <v>158</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="E69" s="5"/>
       <c r="F69" s="13">
-        <v>43750000</v>
+        <v>130000000</v>
       </c>
       <c r="G69" s="6"/>
     </row>
-    <row r="70" spans="1:7" ht="13.5" customHeight="1">
+    <row r="70" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A70" s="1" t="s">
-        <v>184</v>
+        <v>235</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>185</v>
+        <v>69</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>186</v>
+        <v>159</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>2</v>
-[...4 lines deleted...]
-      <c r="F70" s="13"/>
+        <v>7</v>
+      </c>
+      <c r="E70" s="5"/>
+      <c r="F70" s="13">
+        <v>225000000</v>
+      </c>
       <c r="G70" s="6"/>
     </row>
-    <row r="71" spans="1:7" ht="13.5" customHeight="1">
+    <row r="71" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A71" s="1" t="s">
-        <v>187</v>
+        <v>235</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>188</v>
+        <v>93</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>189</v>
+        <v>160</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E71" s="5"/>
       <c r="F71" s="13">
-        <v>337500000</v>
+        <v>375000000</v>
       </c>
       <c r="G71" s="6"/>
     </row>
-    <row r="72" spans="1:7" ht="13.5" customHeight="1">
+    <row r="72" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A72" s="1" t="s">
-        <v>190</v>
+        <v>236</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>191</v>
+        <v>70</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>192</v>
+        <v>161</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E72" s="5"/>
       <c r="F72" s="13">
-        <v>637500000</v>
+        <v>712500000</v>
       </c>
       <c r="G72" s="6"/>
     </row>
-    <row r="73" spans="1:7" ht="13.5" customHeight="1">
+    <row r="73" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A73" s="1" t="s">
-        <v>193</v>
+        <v>237</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>194</v>
+        <v>238</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>195</v>
+        <v>239</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E73" s="5"/>
       <c r="F73" s="13">
-        <v>131250000</v>
+        <v>375000000</v>
       </c>
       <c r="G73" s="6"/>
     </row>
-    <row r="74" spans="1:7" ht="13.5" customHeight="1">
+    <row r="74" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A74" s="1" t="s">
-        <v>193</v>
+        <v>240</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>196</v>
+        <v>71</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>197</v>
+        <v>162</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E74" s="5"/>
       <c r="F74" s="13">
-        <v>435300000</v>
+        <v>281250000</v>
       </c>
       <c r="G74" s="6"/>
     </row>
-    <row r="75" spans="1:7" ht="13.5" customHeight="1">
+    <row r="75" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A75" s="1" t="s">
-        <v>193</v>
+        <v>241</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>196</v>
+        <v>72</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>197</v>
+        <v>163</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="F75" s="13"/>
+        <v>9</v>
+      </c>
+      <c r="E75" s="5"/>
+      <c r="F75" s="13">
+        <v>300000000</v>
+      </c>
       <c r="G75" s="6"/>
     </row>
-    <row r="76" spans="1:7" ht="13.5" customHeight="1">
-[...27 lines deleted...]
-      <c r="F78" s="7"/>
+    <row r="76" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A76" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>164</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" s="5"/>
+      <c r="F76" s="13">
+        <v>487500000</v>
+      </c>
+      <c r="G76" s="6"/>
+    </row>
+    <row r="77" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A77" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B77" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E77" s="5"/>
+      <c r="F77" s="13">
+        <v>500000000</v>
+      </c>
+      <c r="G77" s="6"/>
+    </row>
+    <row r="78" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A78" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B78" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E78" s="5"/>
+      <c r="F78" s="13">
+        <v>187500000</v>
+      </c>
+      <c r="G78" s="6"/>
+    </row>
+    <row r="79" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A79" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B79" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E79" s="5"/>
+      <c r="F79" s="13">
+        <v>468750000</v>
+      </c>
+      <c r="G79" s="6"/>
+    </row>
+    <row r="80" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A80" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E80" s="5"/>
+      <c r="F80" s="13">
+        <v>525000000</v>
+      </c>
+      <c r="G80" s="6"/>
+    </row>
+    <row r="81" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A81" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B81" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="5"/>
+      <c r="F81" s="13">
+        <v>468750000</v>
+      </c>
+      <c r="G81" s="6"/>
+    </row>
+    <row r="82" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A82" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="E82" s="5"/>
+      <c r="F82" s="13">
+        <v>550000000</v>
+      </c>
+      <c r="G82" s="6"/>
+    </row>
+    <row r="83" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A83" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B83" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C83" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="E83" s="5"/>
+      <c r="F83" s="13">
+        <v>1356250000</v>
+      </c>
+      <c r="G83" s="6"/>
+    </row>
+    <row r="84" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A84" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C84" s="8" t="s">
+        <v>173</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="5"/>
+      <c r="F84" s="13">
+        <v>600000000</v>
+      </c>
+      <c r="G84" s="6"/>
+    </row>
+    <row r="85" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A85" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B85" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C85" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E85" s="5"/>
+      <c r="F85" s="13">
+        <v>437500000</v>
+      </c>
+      <c r="G85" s="6"/>
+    </row>
+    <row r="86" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A86" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B86" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C86" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="E86" s="5"/>
+      <c r="F86" s="13">
+        <v>675000000</v>
+      </c>
+      <c r="G86" s="6"/>
+    </row>
+    <row r="87" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A87" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B87" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E87" s="5"/>
+      <c r="F87" s="13">
+        <v>206250000</v>
+      </c>
+      <c r="G87" s="6"/>
+    </row>
+    <row r="88" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A88" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B88" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="C88" s="8" t="s">
+        <v>254</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="E88" s="5"/>
+      <c r="F88" s="13">
+        <v>825000000</v>
+      </c>
+      <c r="G88" s="6"/>
+    </row>
+    <row r="89" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A89" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B89" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E89" s="5"/>
+      <c r="F89" s="13">
+        <v>1056250000</v>
+      </c>
+      <c r="G89" s="6"/>
+    </row>
+    <row r="90" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A90" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B90" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C90" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E90" s="5"/>
+      <c r="F90" s="13">
+        <v>225000000</v>
+      </c>
+      <c r="G90" s="6"/>
+    </row>
+    <row r="91" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A91" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B91" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C91" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E91" s="5"/>
+      <c r="F91" s="13">
+        <v>550000000</v>
+      </c>
+      <c r="G91" s="6"/>
+    </row>
+    <row r="92" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A92" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B92" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C92" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E92" s="5"/>
+      <c r="F92" s="13">
+        <v>343750000</v>
+      </c>
+      <c r="G92" s="6"/>
+    </row>
+    <row r="93" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A93" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B93" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="C93" s="8" t="s">
+        <v>262</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="E93" s="5"/>
+      <c r="F93" s="13">
+        <v>212030000</v>
+      </c>
+      <c r="G93" s="6"/>
+    </row>
+    <row r="94" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A94" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B94" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>262</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="E94" s="13">
+        <v>34787970000</v>
+      </c>
+      <c r="F94" s="13"/>
+      <c r="G94" s="6"/>
+    </row>
+    <row r="95" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A95" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B95" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C95" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E95" s="5"/>
+      <c r="F95" s="13">
+        <v>750000000</v>
+      </c>
+      <c r="G95" s="6"/>
+    </row>
+    <row r="96" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A96" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B96" s="23"/>
+      <c r="C96" s="23"/>
+      <c r="D96" s="24"/>
+      <c r="E96" s="14">
+        <f>SUM(E4:E95)</f>
+        <v>294787970000</v>
+      </c>
+      <c r="F96" s="15">
+        <f>SUM(F4:F95)</f>
+        <v>49929783875</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A97" s="26" t="s">
+        <v>263</v>
+      </c>
+      <c r="B97" s="25"/>
+      <c r="C97" s="25"/>
+      <c r="D97" s="25"/>
+      <c r="E97" s="25"/>
+      <c r="F97" s="25"/>
+    </row>
+    <row r="98" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="E98" s="7"/>
+      <c r="F98" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
-    <mergeCell ref="A76:D76"/>
-    <mergeCell ref="A77:F77"/>
+    <mergeCell ref="A96:D96"/>
+    <mergeCell ref="A97:F97"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="81" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="69" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>已命名的範圍</vt:lpstr>
+        <vt:lpstr>具名範圍</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>1140701~1141231</vt:lpstr>
-      <vt:lpstr>'1140701~1141231'!Print_Area</vt:lpstr>
+      <vt:lpstr>1140101~1140630</vt:lpstr>
+      <vt:lpstr>'1140101~1140630'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CBC</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>莊維婷</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>