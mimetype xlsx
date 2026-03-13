--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -3,92 +3,92 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fsnas\dt\GSS\登錄債券\05-還本付息概況表(每半年)\115H1+115H2\114.12.30更新\115H1\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fsnas\dt\GSS\登錄債券\05-還本付息概況表(每半年)\115H1+115H2\115.3.4更新\115H1\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4F74773A-7F59-41A6-84AB-6D6A0E021C47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E4E370BF-4B2E-42AD-847A-D48F96677B7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1140101~1140630" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'1140101~1140630'!$A$1:$F$98</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'1140101~1140630'!$A$1:$F$100</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F96" i="2" l="1"/>
-  <c r="E96" i="2"/>
+  <c r="F98" i="2" l="1"/>
+  <c r="E98" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="378" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="386" uniqueCount="267">
   <si>
     <t>5I</t>
   </si>
   <si>
     <t>3I</t>
   </si>
   <si>
     <t>1P</t>
   </si>
   <si>
     <t>1I</t>
   </si>
   <si>
     <t>7I</t>
   </si>
   <si>
     <t>2I</t>
   </si>
   <si>
     <t>18I</t>
   </si>
   <si>
     <t>6I</t>
   </si>
   <si>
@@ -950,96 +950,108 @@
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>2P</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>財１１４－７</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>更新日期：</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>114</t>
+      <t>115</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>年</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="4"/>
       </rPr>
-      <t>12</t>
+      <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>月</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="4"/>
       </rPr>
-      <t>30</t>
+      <t>4</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>日</t>
     </r>
     <phoneticPr fontId="3" type="noConversion"/>
+  </si>
+  <si>
+    <t>115/06/03</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>T15004</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>財１１５－４</t>
+    <phoneticPr fontId="2" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="#,##0_ "/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
@@ -1376,54 +1388,54 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
     <cellStyle name="一般 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="一般 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -1699,54 +1711,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:ER98"/>
+  <dimension ref="A1:ER100"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A80" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H102" sqref="H102"/>
+    <sheetView tabSelected="1" topLeftCell="A88" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H77" sqref="H77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.90625" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="2" width="16.36328125" style="2" customWidth="1"/>
     <col min="3" max="3" width="15" style="2" customWidth="1"/>
     <col min="4" max="4" width="5.6328125" style="2" customWidth="1"/>
     <col min="5" max="6" width="21.6328125" style="2" customWidth="1"/>
     <col min="7" max="16384" width="8.90625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:148" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="18" t="s">
         <v>88</v>
       </c>
       <c r="B1" s="19"/>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
     </row>
     <row r="2" spans="1:148" s="3" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="20" t="s">
         <v>183</v>
       </c>
@@ -3578,293 +3590,331 @@
         <v>1356250000</v>
       </c>
       <c r="G83" s="6"/>
     </row>
     <row r="84" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A84" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C84" s="8" t="s">
         <v>173</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="5"/>
       <c r="F84" s="13">
         <v>600000000</v>
       </c>
       <c r="G84" s="6"/>
     </row>
     <row r="85" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A85" s="1" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>80</v>
+        <v>265</v>
       </c>
       <c r="C85" s="8" t="s">
-        <v>174</v>
+        <v>266</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>9</v>
+        <v>260</v>
       </c>
       <c r="E85" s="5"/>
       <c r="F85" s="13">
-        <v>437500000</v>
+        <v>108535000</v>
       </c>
       <c r="G85" s="6"/>
     </row>
     <row r="86" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A86" s="1" t="s">
-        <v>250</v>
+        <v>264</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>95</v>
+        <v>265</v>
       </c>
       <c r="C86" s="8" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>1</v>
-[...4 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="E86" s="5">
+        <v>34891465000</v>
+      </c>
+      <c r="F86" s="13"/>
       <c r="G86" s="6"/>
     </row>
     <row r="87" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A87" s="1" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C87" s="8" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E87" s="5"/>
       <c r="F87" s="13">
-        <v>206250000</v>
+        <v>437500000</v>
       </c>
       <c r="G87" s="6"/>
     </row>
     <row r="88" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A88" s="1" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>253</v>
+        <v>95</v>
       </c>
       <c r="C88" s="8" t="s">
-        <v>254</v>
+        <v>175</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E88" s="5"/>
       <c r="F88" s="13">
-        <v>825000000</v>
+        <v>675000000</v>
       </c>
       <c r="G88" s="6"/>
     </row>
     <row r="89" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A89" s="1" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>177</v>
+        <v>81</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E89" s="5"/>
       <c r="F89" s="13">
-        <v>1056250000</v>
+        <v>206250000</v>
       </c>
       <c r="G89" s="6"/>
     </row>
     <row r="90" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A90" s="1" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>82</v>
+        <v>253</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>179</v>
+        <v>254</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E90" s="5"/>
       <c r="F90" s="13">
-        <v>225000000</v>
+        <v>825000000</v>
       </c>
       <c r="G90" s="6"/>
     </row>
     <row r="91" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A91" s="1" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>83</v>
+        <v>177</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E91" s="5"/>
       <c r="F91" s="13">
-        <v>550000000</v>
+        <v>1056250000</v>
       </c>
       <c r="G91" s="6"/>
     </row>
     <row r="92" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A92" s="1" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E92" s="5"/>
       <c r="F92" s="13">
-        <v>343750000</v>
+        <v>225000000</v>
       </c>
       <c r="G92" s="6"/>
     </row>
     <row r="93" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A93" s="1" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>259</v>
+        <v>83</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>262</v>
+        <v>180</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>260</v>
+        <v>8</v>
       </c>
       <c r="E93" s="5"/>
       <c r="F93" s="13">
-        <v>212030000</v>
+        <v>550000000</v>
       </c>
       <c r="G93" s="6"/>
     </row>
     <row r="94" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A94" s="1" t="s">
         <v>257</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>259</v>
+        <v>84</v>
       </c>
       <c r="C94" s="8" t="s">
-        <v>262</v>
+        <v>181</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>261</v>
-[...4 lines deleted...]
-      <c r="F94" s="13"/>
+        <v>4</v>
+      </c>
+      <c r="E94" s="5"/>
+      <c r="F94" s="13">
+        <v>343750000</v>
+      </c>
       <c r="G94" s="6"/>
     </row>
     <row r="95" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A95" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>85</v>
+        <v>259</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>182</v>
+        <v>262</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>8</v>
+        <v>260</v>
       </c>
       <c r="E95" s="5"/>
       <c r="F95" s="13">
+        <v>212030000</v>
+      </c>
+      <c r="G95" s="6"/>
+    </row>
+    <row r="96" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A96" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B96" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="C96" s="8" t="s">
+        <v>262</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="E96" s="13">
+        <v>34787970000</v>
+      </c>
+      <c r="F96" s="13"/>
+      <c r="G96" s="6"/>
+    </row>
+    <row r="97" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A97" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B97" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C97" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E97" s="5"/>
+      <c r="F97" s="13">
         <v>750000000</v>
       </c>
-      <c r="G95" s="6"/>
-[...2 lines deleted...]
-      <c r="A96" s="22" t="s">
+      <c r="G97" s="6"/>
+    </row>
+    <row r="98" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A98" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="B96" s="23"/>
-[...12 lines deleted...]
-      <c r="A97" s="26" t="s">
+      <c r="B98" s="23"/>
+      <c r="C98" s="23"/>
+      <c r="D98" s="24"/>
+      <c r="E98" s="14">
+        <f>SUM(E4:E97)</f>
+        <v>329679435000</v>
+      </c>
+      <c r="F98" s="15">
+        <f>SUM(F4:F97)</f>
+        <v>50038318875</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A99" s="25" t="s">
         <v>263</v>
       </c>
-      <c r="B97" s="25"/>
-[...7 lines deleted...]
-      <c r="F98" s="7"/>
+      <c r="B99" s="26"/>
+      <c r="C99" s="26"/>
+      <c r="D99" s="26"/>
+      <c r="E99" s="26"/>
+      <c r="F99" s="26"/>
+    </row>
+    <row r="100" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="E100" s="7"/>
+      <c r="F100" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
-    <mergeCell ref="A96:D96"/>
-    <mergeCell ref="A97:F97"/>
+    <mergeCell ref="A98:D98"/>
+    <mergeCell ref="A99:F99"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="69" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>具名範圍</vt:lpstr>
       </vt:variant>
       <vt:variant>