--- v0 (2025-10-10)
+++ v1 (2026-01-18)
@@ -3,83 +3,80 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\002科務-共用\性平\性平統計101~113年_114辦理\1130126-央網4項統計資料\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\exfiles\外匯局資料科\性平統計\性別統計表101~114(網站)\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="26160" windowHeight="8745"/>
+    <workbookView xWindow="240" yWindow="120" windowWidth="18060" windowHeight="7050"/>
   </bookViews>
   <sheets>
-    <sheet name="結售外幣性別統計" sheetId="2" r:id="rId1"/>
+    <sheet name="結售外幣" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="28">
   <si>
     <t/>
   </si>
   <si>
-    <t>本國居住民辦理外匯交易【結售外幣】之性別統計分析：</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>本國居住民辦理外匯交易【結售外幣】之性別統計表</t>
     </r>
-    <phoneticPr fontId="7" type="noConversion"/>
+    <phoneticPr fontId="5" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>金額單位：百萬美元</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>男性</t>
     </r>
   </si>
@@ -302,464 +299,466 @@
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>年</t>
     </r>
   </si>
   <si>
     <r>
       <t>112</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>年</t>
     </r>
-    <phoneticPr fontId="13" type="noConversion"/>
   </si>
   <si>
     <r>
       <t>113</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>年</t>
     </r>
-    <phoneticPr fontId="13" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <t>114</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="標楷體"/>
+        <family val="4"/>
+        <charset val="136"/>
+      </rPr>
+      <t>年</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="標楷體"/>
+        <family val="4"/>
+        <charset val="136"/>
+      </rPr>
+      <t>本國居住民辦理外匯交易【結售外幣】之性別統計分析：</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>更新日期：</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>114.1.14</t>
-[...1 lines deleted...]
-    <phoneticPr fontId="7" type="noConversion"/>
+      <t>115.1.12</t>
+    </r>
+    <phoneticPr fontId="5" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>一、依外匯指定銀行報送本行之外匯交易資料顯示，本國居住民辦理之結售外幣，</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>113</t>
+      <t>114</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">年交易筆數總
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">        </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>計</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>13,098,470</t>
+      <t>12,017,160</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>筆，男性占比</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>45.6%</t>
+      <t>47.0%</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>，女性占比</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>54.4%</t>
+      <t>53.0%</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>，男性交易筆數占比小於女性。</t>
     </r>
-    <phoneticPr fontId="7" type="noConversion"/>
+    <phoneticPr fontId="5" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>二、</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>113</t>
+      <t>114</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>年交易總額</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>57,410</t>
+      <t>56,626</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>百萬美元，男性占比</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>51.9%</t>
+      <t>52.7%</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>，女性占比</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>48.1%</t>
+      <t>47.3%</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>，男性金額占比高於女性。</t>
     </r>
-    <phoneticPr fontId="7" type="noConversion"/>
+    <phoneticPr fontId="5" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>三、</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>113</t>
+      <t>114</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>年每筆金額平均為</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>4,383</t>
+      <t>4,712</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>美元，男性為</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>4,985</t>
+      <t>5,277</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="標楷體"/>
         <family val="4"/>
         <charset val="136"/>
       </rPr>
       <t>美元，女性為</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>3,877</t>
-[...10 lines deleted...]
-    <phoneticPr fontId="7" type="noConversion"/>
+      <t>4,210</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="標楷體"/>
+        <family val="4"/>
+        <charset val="136"/>
+      </rPr>
+      <t>美元，男性每筆金額較高。</t>
+    </r>
+    <phoneticPr fontId="5" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="178" formatCode="0.000000"/>
+  <numFmts count="4">
+    <numFmt numFmtId="176" formatCode="[$-10C04]#,##0;\(#,##0\)"/>
+    <numFmt numFmtId="177" formatCode="[$-10C04]#,##0.00"/>
+    <numFmt numFmtId="178" formatCode="[$-10C04]#,##0.00;\(#,##0.00\)"/>
+    <numFmt numFmtId="179" formatCode="[$-10C04]0.0%"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="新細明體"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...14 lines deleted...]
-      <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="標楷體"/>
       <family val="4"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="標楷體"/>
       <family val="4"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="新細明體"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="3"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
-      <name val="新細明體"/>
-      <family val="1"/>
+      <name val="標楷體"/>
+      <family val="4"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
       <name val="標楷體"/>
       <family val="4"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="11"/>
-[...4 lines deleted...]
-    <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="9"/>
-[...3 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -775,133 +774,112 @@
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="7">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...8 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="6" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="3" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="3" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="178" fontId="3" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="179" fontId="3" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="176" fontId="5" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="177" fontId="5" fillId="0" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...11 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
   </cellXfs>
-  <cellStyles count="7">
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="1"/>
-    <cellStyle name="Normal 2" xfId="5"/>
-    <cellStyle name="Normal 3" xfId="3"/>
     <cellStyle name="一般" xfId="0" builtinId="0"/>
-    <cellStyle name="一般 2" xfId="4"/>
-[...1 lines deleted...]
-    <cellStyle name="一般 4" xfId="6"/>
+    <cellStyle name="一般 2" xfId="2"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -1235,867 +1213,875 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="B1:XEW35"/>
+  <dimension ref="B1:I38"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A13" workbookViewId="0">
-      <selection activeCell="B35" sqref="B35:H35"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1:H1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.5703125" style="8" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="16378" max="16384" width="9.140625" style="8"/>
+    <col min="1" max="1" width="3.5703125" style="9" customWidth="1"/>
+    <col min="2" max="2" width="12.28515625" style="9" customWidth="1"/>
+    <col min="3" max="8" width="13.7109375" style="9" customWidth="1"/>
+    <col min="9" max="9" width="3" style="9" customWidth="1"/>
+    <col min="10" max="16384" width="9.140625" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" s="1" customFormat="1" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="14" t="s">
+    <row r="1" spans="2:8" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+      <c r="G1" s="8"/>
+      <c r="H1" s="8"/>
+    </row>
+    <row r="2" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B2" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" s="8"/>
+      <c r="D2" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="E2" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="F2" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="G2" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="15"/>
-[...7 lines deleted...]
-      <c r="B2" s="16" t="s">
+      <c r="H2" s="8"/>
+    </row>
+    <row r="3" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B3" s="13" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" s="15"/>
+      <c r="E3" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="15"/>
+      <c r="G3" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="H3" s="15"/>
+    </row>
+    <row r="4" spans="2:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="B4" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="G4" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B5" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="1">
+        <v>1745189</v>
+      </c>
+      <c r="D5" s="2">
+        <v>11527.937531</v>
+      </c>
+      <c r="E5" s="1">
+        <v>2321915</v>
+      </c>
+      <c r="F5" s="2">
+        <v>10819.775985</v>
+      </c>
+      <c r="G5" s="1">
+        <v>4067104</v>
+      </c>
+      <c r="H5" s="3">
+        <v>22347.713516</v>
+      </c>
+    </row>
+    <row r="6" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B6" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="4">
+        <v>0.42909869037034704</v>
+      </c>
+      <c r="D6" s="4">
+        <v>0.51584416109265463</v>
+      </c>
+      <c r="E6" s="4">
+        <v>0.57090130962965291</v>
+      </c>
+      <c r="F6" s="4">
+        <v>0.48415583890734532</v>
+      </c>
+      <c r="G6" s="4">
+        <v>1</v>
+      </c>
+      <c r="H6" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B7" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="1">
+        <v>2126558</v>
+      </c>
+      <c r="D7" s="2">
+        <v>13183.46351</v>
+      </c>
+      <c r="E7" s="1">
+        <v>2681071</v>
+      </c>
+      <c r="F7" s="2">
+        <v>12330.670607</v>
+      </c>
+      <c r="G7" s="1">
+        <v>4807629</v>
+      </c>
+      <c r="H7" s="3">
+        <v>25514.134117000001</v>
+      </c>
+    </row>
+    <row r="8" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B8" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C8" s="4">
+        <v>0.44232988859997308</v>
+      </c>
+      <c r="D8" s="4">
+        <v>0.51671216626614391</v>
+      </c>
+      <c r="E8" s="4">
+        <v>0.55767011140002687</v>
+      </c>
+      <c r="F8" s="4">
+        <v>0.48328783373385603</v>
+      </c>
+      <c r="G8" s="4">
+        <v>1</v>
+      </c>
+      <c r="H8" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B9" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" s="1">
+        <v>2501405</v>
+      </c>
+      <c r="D9" s="2">
+        <v>13186.260018000001</v>
+      </c>
+      <c r="E9" s="1">
+        <v>2998397</v>
+      </c>
+      <c r="F9" s="2">
+        <v>12325.755991</v>
+      </c>
+      <c r="G9" s="1">
+        <v>5499802</v>
+      </c>
+      <c r="H9" s="3">
+        <v>25512.016008999999</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B10" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="4">
+        <v>0.45481728251307957</v>
+      </c>
+      <c r="D10" s="4">
+        <v>0.51686468107217465</v>
+      </c>
+      <c r="E10" s="4">
+        <v>0.54518271748692049</v>
+      </c>
+      <c r="F10" s="4">
+        <v>0.4831353189278253</v>
+      </c>
+      <c r="G10" s="4">
+        <v>1</v>
+      </c>
+      <c r="H10" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B11" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="C11" s="1">
+        <v>3097887</v>
+      </c>
+      <c r="D11" s="2">
+        <v>13895.790947</v>
+      </c>
+      <c r="E11" s="1">
+        <v>3686455</v>
+      </c>
+      <c r="F11" s="2">
+        <v>13252.320478</v>
+      </c>
+      <c r="G11" s="1">
+        <v>6784342</v>
+      </c>
+      <c r="H11" s="3">
+        <v>27148.111424999999</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B12" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="4">
+        <v>0.45662305939175823</v>
+      </c>
+      <c r="D12" s="4">
+        <v>0.51185110925262089</v>
+      </c>
+      <c r="E12" s="4">
+        <v>0.54337694060824171</v>
+      </c>
+      <c r="F12" s="4">
+        <v>0.48814889074737911</v>
+      </c>
+      <c r="G12" s="4">
+        <v>1</v>
+      </c>
+      <c r="H12" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B13" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="1">
+        <v>3853859</v>
+      </c>
+      <c r="D13" s="2">
+        <v>13063.990107</v>
+      </c>
+      <c r="E13" s="1">
+        <v>3861368</v>
+      </c>
+      <c r="F13" s="2">
+        <v>12498.621825</v>
+      </c>
+      <c r="G13" s="1">
+        <v>7715227</v>
+      </c>
+      <c r="H13" s="3">
+        <v>25562.611932</v>
+      </c>
+    </row>
+    <row r="14" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B14" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C14" s="4">
+        <v>0.49951336493404536</v>
+      </c>
+      <c r="D14" s="4">
+        <v>0.5110584998806843</v>
+      </c>
+      <c r="E14" s="4">
+        <v>0.50048663506595459</v>
+      </c>
+      <c r="F14" s="4">
+        <v>0.48894150011931575</v>
+      </c>
+      <c r="G14" s="4">
+        <v>1</v>
+      </c>
+      <c r="H14" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B15" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="1">
+        <v>3662411</v>
+      </c>
+      <c r="D15" s="2">
+        <v>11112.957505</v>
+      </c>
+      <c r="E15" s="1">
+        <v>3656006</v>
+      </c>
+      <c r="F15" s="2">
+        <v>10307.287451</v>
+      </c>
+      <c r="G15" s="1">
+        <v>7318417</v>
+      </c>
+      <c r="H15" s="3">
+        <v>21420.244955999999</v>
+      </c>
+    </row>
+    <row r="16" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B16" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="4">
+        <v>0.50043759463282833</v>
+      </c>
+      <c r="D16" s="4">
+        <v>0.51880627545704894</v>
+      </c>
+      <c r="E16" s="4">
+        <v>0.49956240536717161</v>
+      </c>
+      <c r="F16" s="4">
+        <v>0.48119372454295101</v>
+      </c>
+      <c r="G16" s="4">
+        <v>1</v>
+      </c>
+      <c r="H16" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B17" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="C17" s="1">
+        <v>4168627</v>
+      </c>
+      <c r="D17" s="2">
+        <v>15157.059127</v>
+      </c>
+      <c r="E17" s="1">
+        <v>4542768</v>
+      </c>
+      <c r="F17" s="2">
+        <v>14081.811232</v>
+      </c>
+      <c r="G17" s="1">
+        <v>8711395</v>
+      </c>
+      <c r="H17" s="3">
+        <v>29238.870359</v>
+      </c>
+    </row>
+    <row r="18" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B18" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="4">
+        <v>0.47852576998287877</v>
+      </c>
+      <c r="D18" s="4">
+        <v>0.51838730227600993</v>
+      </c>
+      <c r="E18" s="4">
+        <v>0.52147423001712123</v>
+      </c>
+      <c r="F18" s="4">
+        <v>0.48161269772399007</v>
+      </c>
+      <c r="G18" s="4">
+        <v>1</v>
+      </c>
+      <c r="H18" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B19" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="1">
+        <v>4987067</v>
+      </c>
+      <c r="D19" s="2">
+        <v>16009.188689000001</v>
+      </c>
+      <c r="E19" s="1">
+        <v>4998698</v>
+      </c>
+      <c r="F19" s="2">
+        <v>15032.77888</v>
+      </c>
+      <c r="G19" s="1">
+        <v>9985765</v>
+      </c>
+      <c r="H19" s="3">
+        <v>31041.967569</v>
+      </c>
+    </row>
+    <row r="20" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B20" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="4">
+        <v>0.49941762098346998</v>
+      </c>
+      <c r="D20" s="4">
+        <v>0.5157272538673594</v>
+      </c>
+      <c r="E20" s="4">
+        <v>0.50058237901653002</v>
+      </c>
+      <c r="F20" s="4">
+        <v>0.4842727461326406</v>
+      </c>
+      <c r="G20" s="4">
+        <v>1</v>
+      </c>
+      <c r="H20" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B21" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" s="1">
+        <v>5127807</v>
+      </c>
+      <c r="D21" s="2">
+        <v>16143.162193</v>
+      </c>
+      <c r="E21" s="1">
+        <v>5072881</v>
+      </c>
+      <c r="F21" s="2">
+        <v>13741.258687</v>
+      </c>
+      <c r="G21" s="1">
+        <v>10200688</v>
+      </c>
+      <c r="H21" s="3">
+        <v>29884.420880000001</v>
+      </c>
+    </row>
+    <row r="22" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B22" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="4">
+        <v>0.50269226938418277</v>
+      </c>
+      <c r="D22" s="4">
+        <v>0.54018654930013155</v>
+      </c>
+      <c r="E22" s="4">
+        <v>0.49730773061581729</v>
+      </c>
+      <c r="F22" s="4">
+        <v>0.45981345069986845</v>
+      </c>
+      <c r="G22" s="4">
+        <v>1</v>
+      </c>
+      <c r="H22" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B23" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="C23" s="1">
+        <v>3912422</v>
+      </c>
+      <c r="D23" s="2">
+        <v>14367.288012999999</v>
+      </c>
+      <c r="E23" s="1">
+        <v>4335226</v>
+      </c>
+      <c r="F23" s="2">
+        <v>11855.326498</v>
+      </c>
+      <c r="G23" s="1">
+        <v>8247648</v>
+      </c>
+      <c r="H23" s="3">
+        <v>26222.614511</v>
+      </c>
+    </row>
+    <row r="24" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B24" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="4">
+        <v>0.47436820776056399</v>
+      </c>
+      <c r="D24" s="4">
+        <v>0.54789685471573146</v>
+      </c>
+      <c r="E24" s="4">
+        <v>0.52563179223943601</v>
+      </c>
+      <c r="F24" s="4">
+        <v>0.45210314528426848</v>
+      </c>
+      <c r="G24" s="4">
+        <v>1</v>
+      </c>
+      <c r="H24" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B25" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C25" s="1">
+        <v>4596348</v>
+      </c>
+      <c r="D25" s="2">
+        <v>19705.402242</v>
+      </c>
+      <c r="E25" s="1">
+        <v>5200832</v>
+      </c>
+      <c r="F25" s="2">
+        <v>17474.123937</v>
+      </c>
+      <c r="G25" s="1">
+        <v>9797180</v>
+      </c>
+      <c r="H25" s="3">
+        <v>37179.526179</v>
+      </c>
+    </row>
+    <row r="26" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B26" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="4">
+        <v>0.46915010237639809</v>
+      </c>
+      <c r="D26" s="4">
+        <v>0.53000681469496891</v>
+      </c>
+      <c r="E26" s="4">
+        <v>0.53084989762360191</v>
+      </c>
+      <c r="F26" s="4">
+        <v>0.46999318530503104</v>
+      </c>
+      <c r="G26" s="4">
+        <v>1</v>
+      </c>
+      <c r="H26" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B27" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="1">
+        <v>4938068</v>
+      </c>
+      <c r="D27" s="2">
+        <v>22916.557914000001</v>
+      </c>
+      <c r="E27" s="1">
+        <v>5658411</v>
+      </c>
+      <c r="F27" s="2">
+        <v>21093.440211000001</v>
+      </c>
+      <c r="G27" s="1">
+        <v>10596479</v>
+      </c>
+      <c r="H27" s="3">
+        <v>44009.998124999998</v>
+      </c>
+    </row>
+    <row r="28" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B28" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C28" s="4">
+        <v>0.46601026624032377</v>
+      </c>
+      <c r="D28" s="4">
+        <v>0.52071254011215662</v>
+      </c>
+      <c r="E28" s="4">
+        <v>0.53398973375967618</v>
+      </c>
+      <c r="F28" s="4">
+        <v>0.47928745988784338</v>
+      </c>
+      <c r="G28" s="4">
+        <v>1</v>
+      </c>
+      <c r="H28" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B29" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="C29" s="1">
+        <v>5977153</v>
+      </c>
+      <c r="D29" s="2">
+        <v>29797.742625999999</v>
+      </c>
+      <c r="E29" s="1">
+        <v>7121607</v>
+      </c>
+      <c r="F29" s="2">
+        <v>27612.079581000002</v>
+      </c>
+      <c r="G29" s="1">
+        <v>13098760</v>
+      </c>
+      <c r="H29" s="3">
+        <v>57409.822206999997</v>
+      </c>
+    </row>
+    <row r="30" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B30" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C30" s="4">
+        <v>0.45631441449419641</v>
+      </c>
+      <c r="D30" s="4">
+        <v>0.51903561935028519</v>
+      </c>
+      <c r="E30" s="4">
+        <v>0.54368558550580359</v>
+      </c>
+      <c r="F30" s="4">
+        <v>0.48096438064971486</v>
+      </c>
+      <c r="G30" s="4">
+        <v>1</v>
+      </c>
+      <c r="H30" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B31" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="C31" s="1">
+        <v>5650714</v>
+      </c>
+      <c r="D31" s="2">
+        <v>29821.327166999999</v>
+      </c>
+      <c r="E31" s="1">
+        <v>6366446</v>
+      </c>
+      <c r="F31" s="2">
+        <v>26804.994418999999</v>
+      </c>
+      <c r="G31" s="1">
+        <v>12017160</v>
+      </c>
+      <c r="H31" s="3">
+        <v>56626.321585999998</v>
+      </c>
+    </row>
+    <row r="32" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B32" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C32" s="4">
+        <v>0.47022041813539972</v>
+      </c>
+      <c r="D32" s="4">
+        <v>0.52663366314037374</v>
+      </c>
+      <c r="E32" s="4">
+        <v>0.52977958186460028</v>
+      </c>
+      <c r="F32" s="4">
+        <v>0.4733663368596262</v>
+      </c>
+      <c r="G32" s="4">
+        <v>1</v>
+      </c>
+      <c r="H32" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="2:9" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B35" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="C2" s="15"/>
-[...712 lines deleted...]
-      <c r="B34" s="13" t="s">
+      <c r="C35" s="18"/>
+      <c r="D35" s="18"/>
+      <c r="E35" s="18"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+    </row>
+    <row r="36" spans="2:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C34" s="13"/>
-[...7 lines deleted...]
-      <c r="B35" s="12" t="s">
+      <c r="C36" s="5"/>
+      <c r="D36" s="5"/>
+      <c r="E36" s="5"/>
+      <c r="F36" s="5"/>
+      <c r="G36" s="5"/>
+      <c r="H36" s="5"/>
+      <c r="I36" s="19"/>
+    </row>
+    <row r="37" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B37" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="C35" s="12"/>
-[...4 lines deleted...]
-      <c r="H35" s="12"/>
+      <c r="C37" s="6"/>
+      <c r="D37" s="6"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="6"/>
+      <c r="G37" s="6"/>
+      <c r="H37" s="6"/>
+      <c r="I37" s="19"/>
+    </row>
+    <row r="38" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B38" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C38" s="5"/>
+      <c r="D38" s="5"/>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="10">
-    <mergeCell ref="B32:I32"/>
-[...2 lines deleted...]
-    <mergeCell ref="B35:H35"/>
+    <mergeCell ref="B35:I35"/>
+    <mergeCell ref="B36:H36"/>
+    <mergeCell ref="B37:H37"/>
+    <mergeCell ref="B38:H38"/>
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="G3:H3"/>
   </mergeCells>
-  <phoneticPr fontId="7" type="noConversion"/>
-[...1 lines deleted...]
-  <pageSetup paperSize="9" scale="60" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <phoneticPr fontId="5" type="noConversion"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.78740157480314965" bottom="0.9055118110236221" header="0.39370078740157483" footer="0.39370078740157483"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>結售外幣性別統計</vt:lpstr>
+      <vt:lpstr>結售外幣</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>廖桂瑩</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/core0.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>