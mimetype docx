--- v0 (2025-10-15)
+++ v1 (2026-01-25)
@@ -1,15304 +1,29013 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00132D4F" w:rsidRDefault="00132D4F" w:rsidP="00132D4F">
+    <w:p w14:paraId="7B7A8C02" w14:textId="275A1D18" w:rsidR="0014024E" w:rsidRDefault="0014024E" w:rsidP="005665FD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:spacing w:line="500" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C1053C">
         <w:rPr>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-      <w:r>
+        <w:t>全球經濟體發布金融穩定報告現況</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1053C">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>各國</w:t>
+        <w:t>-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C1053C">
         <w:rPr>
-          <w:b w:val="0"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>發布</w:t>
+        <w:t>歐洲</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C1053C">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>金融穩定</w:t>
+        <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C1053C">
         <w:rPr>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>截至</w:t>
       </w:r>
-      <w:r w:rsidR="00DA3C65">
+      <w:r w:rsidRPr="00C1053C">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>2019</w:t>
+        <w:t>2025</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E0FF7">
+      <w:r w:rsidRPr="00C1053C">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidR="008B7889">
+      <w:r w:rsidRPr="00C1053C">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E0FF7">
+      <w:r w:rsidRPr="00C1053C">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E0FF7">
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4958" w:type="pct"/>
-[...5 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="256"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2284"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1852"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="3195"/>
+        <w:gridCol w:w="1640"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00132D4F" w:rsidRPr="00F651C3" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="18AB177E" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="336"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="pct"/>
-[...1 lines deleted...]
-            <w:tcBorders>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="DDEBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43E99E70" w14:textId="7A46716E" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>洲別</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Continent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="DDEBF7"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...24 lines deleted...]
-            <w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="746FFB43" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>經濟體</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...42 lines deleted...]
-            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="DDEBF7"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07072B9C" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...27 lines deleted...]
-            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="DDEBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3920B34C" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>中央銀行或監理機關</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Central banks or Regulatory authorities/supervisory agencies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...34 lines deleted...]
-              <w:t>之年份</w:t>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="DDEBF7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="368B4A38" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>首次發布日期</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>First issue year</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00132D4F" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="0AB76756" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="283"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="984" w:type="pct"/>
-[...106 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76B10BBF" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="011C8977" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>英國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED23D13" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>United Kingdom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="227DC724" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of England</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4D68B9" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1996</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00132D4F" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="683BDCD3" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="283"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="154" w:type="pct"/>
-[...59 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="390417D3" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D12BB5D" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>瑞典</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02AAC418" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Sweden</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C317002" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Sveriges</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Riksbank</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA2EBC6" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1997</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="634DDF1C" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B9378F2" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4393C424" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>匈牙利</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16D865F5" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Hungary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06CC296C" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Magyar </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Nemzeti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="615DB74D" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="11D9CB2E" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7522B8" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51C1B5C0" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>冰島</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F66567A" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Iceland</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="641043FC" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Iceland</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0D0731" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="4D9B622B" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B545829" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC6FC6E" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>挪威</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="pct"/>
-[...137 lines deleted...]
-              <w:t>1999</w:t>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75CED236" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Norway</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A63620C" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Norway</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71B526B8" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B7889" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="41190A8C" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="283"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="154" w:type="pct"/>
-[...204 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D11F93D" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15938F66" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>瑞典</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58F107A8" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Sweden</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31BF9C70" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Finansinspektionen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE13773" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="7D4B3B3C" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78B6798B" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B61BDCA" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>奧地利</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FBA9E43" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Austria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75564CCC" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Oesterreichische</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Nationalbank</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, the Austrian Central Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACD33DC" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="33AC666F" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2C7577" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26A33C0F" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>波蘭</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F43DF84" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Poland</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49E2C383" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Narodowy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> Bank Polski</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B735C66" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="08470969" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77E27EB2" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="472372B7" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>比利時</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35F4C0A8" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Belgium</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="098FAF46" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Belgium</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6843B36B" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="6B7B535B" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2840A616" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53306286" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>丹麥</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="024081EE" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Denmark</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC5335E" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Danmarks</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Nationalbank</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5087EC" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="4E091A24" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7539B61A" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="420C00F3" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>西班牙</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="618D4DB5" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Spain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04EAF405" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Spain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44A0206F" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="503AA42D" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3CAC6C" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08AF80CE" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>愛沙尼亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FED22F2" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Estonia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57627C06" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Estonia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="783CD169" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B7889" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="7F5824AA" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="283"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="154" w:type="pct"/>
-[...194 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74B93613" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="005C6E0B" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>芬蘭</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74F64847" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Finland</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="273FB30C" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Finland</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51C4A0C2" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B7889" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="62C825ED" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="283"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="154" w:type="pct"/>
-[...194 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73838710" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17E17404" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>拉脫維亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2C7307" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Latvia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2745A883" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Latvia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="365E82AE" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B7889" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="60A32632" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="283"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="154" w:type="pct"/>
-[...206 lines deleted...]
-              <w:t>4</w:t>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3363D156" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17629AB9" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>瑞士</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD673D0" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Switzerland</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A25CCC8" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Swiss National Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="672DBC71" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B7889" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="36E6B631" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="283"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="154" w:type="pct"/>
-[...194 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFD42A0" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27F1D4A2" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>捷克共和國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="037722E5" w14:textId="03D0EA6C" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Czech</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C826F14" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Czech National Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02EC1B7A" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B7889" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="34B671F9" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="283"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="154" w:type="pct"/>
-[...194 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE84959" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2952BA1E" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐元區</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65BAE21E" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Euro area</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D819534" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>European Central Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F45D2D7" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="3B4B9332" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="563F3EA3" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5352E39B" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>德國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF29CD5" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Germany</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7763F4" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Deutsche Bundesbank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="324279E8" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="6A33C051" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5ABDCE" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D305D1A" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>盧森堡</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4370A369" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Luxembourg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5339BB73" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Luxembourg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68D90F7B" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="107DBA84" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E65CD13" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02793017" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>葡萄牙</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E36A231" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Portugal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10F928B8" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Banco de Portugal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="419BC913" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="7EA1771B" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB45B1F" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E189238" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>斯</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>洛</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>伐克</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FAE6601" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Slovakia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="208C115A" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Slovakia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38826D22" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="5AAEF55F" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13634B23" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="634628CC" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>斯洛維尼亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="159804F6" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Slovenia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04030599" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Slovenia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02FA62DA" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="3DA25087" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="050835DA" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2706ABBD" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>塞爾維亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45F72656" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Serbia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35867F52" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Serbia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03CF2A9C" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B7889" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="11560660" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="283"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="154" w:type="pct"/>
-[...197 lines deleted...]
-              <w:t>2005</w:t>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16F82B2E" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="499D38E9" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>立陶宛</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9D1B23" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Lithuania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3926D50C" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Lithuania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21C80434" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2006</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B7889" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="63A43C68" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="283"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="154" w:type="pct"/>
-[...196 lines deleted...]
-              <w:t>2005</w:t>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C3F4F4B" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13D1AF7D" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>羅馬尼亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E460D92" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Romania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10839EF7" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Romania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24762633" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2006</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B7889" w:rsidTr="00335537">
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="7FC3666A" w14:textId="77777777" w:rsidTr="007B3941">
         <w:trPr>
-          <w:trHeight w:val="283"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="154" w:type="pct"/>
-[...60 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EAE3F5E" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC1CDF7" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>阿爾巴尼亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F076E3F" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Albania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B1D47EC" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Albania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5CE4D4" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="538D95FE" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="063CE2B4" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68D1BFF9" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>白俄羅斯</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51BE9038" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Belarus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16AF893E" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of the Republic of Belarus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6730BB48" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="2D1AE988" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79C00D22" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57C4C5B7" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>波士尼亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32E1DAC4" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bosnia and Herzegovina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D927084" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Bosnia and Herzegovina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15F32D3B" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="117C91BF" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7DC99D" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00AC899F" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>北馬其頓共和國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7628365B" w14:textId="41B40632" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>North Macedonia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FBA3798" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of the Republic of North Macedonia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25F3B53C" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="03CF0C0D" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72F002C8" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA7ADE9" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>克羅埃西亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47C7BC34" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Croatia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="548BFAC5" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Croatian National Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19203647" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="43CE3AF0" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="390E026D" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="697FCFCF" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>馬爾他</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67542B96" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Malta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23190F35" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Malta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13692572" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="5A4E3DE3" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59B7EFB0" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00731F5D" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>希臘</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B86DFE4" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Greece</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60481501" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Greece</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="485AB13D" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="6E390037" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06A9074F" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8A0D03" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>義大利</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5421DF1D" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Italy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32795020" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Italy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7303A760" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="30A828CF" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCA1F04" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3414989F" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>科索沃</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="152FE022" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Kosovo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68B6400E" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of the Republic of Kosovo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32C452C5" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="18459252" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E324D7D" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD38868" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>蒙特內哥羅共和國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1024C903" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Montenegro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4039A6" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Montenegro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30F09309" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="79AD0110" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="400B034B" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="018A343C" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>賽普勒斯</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E028910" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Cyprus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3250E52F" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Cyprus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64750E28" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="443EA633" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0EB3F3" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="381A7C45" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>荷蘭</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1E3ACE" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Netherlands</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01C2E594" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>De </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Nederlandsche</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CEE123E" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C1053C" w:rsidRPr="0014024E" w14:paraId="60BB0AC4" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="327ABC8F" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29A07F1C" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>烏克蘭</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3921C1" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ukraine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63D08EA7" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Ukraine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52FD7695" w14:textId="77777777" w:rsidR="00C1053C" w:rsidRPr="0014024E" w:rsidRDefault="00C1053C" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00617563" w:rsidRPr="0014024E" w14:paraId="33693351" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7934685E" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A94DAAD" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>列支敦士登</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B961ADA" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Liechtenstein</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78910EA2" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Financial Market Authority</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEB5D5A" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00617563" w:rsidRPr="0014024E" w14:paraId="5EAFD84E" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65E27A5F" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7D8772" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>摩爾多瓦</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36C200B3" w14:textId="325E8A6D" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Moldova</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA1962A" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Moldova</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="110A9982" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00617563" w:rsidRPr="0014024E" w14:paraId="7C143956" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0A1E80" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E40D922" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>愛爾蘭</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48D6D5E0" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ireland</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74D7DB32" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Ireland</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="180111CA" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00617563" w:rsidRPr="0014024E" w14:paraId="322E51A1" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE898F8" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>歐洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C413E55" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>法國</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="pct"/>
-[...7105 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...22 lines deleted...]
-              <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E010D5B" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>France</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...21 lines deleted...]
-              <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="696A4B06" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of France</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...4524 lines deleted...]
-            </w:pPr>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCD25C2" w14:textId="77777777" w:rsidR="00617563" w:rsidRPr="0014024E" w:rsidRDefault="00617563" w:rsidP="0014024E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014024E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00132D4F" w:rsidRPr="001A7BF4" w:rsidRDefault="00132D4F" w:rsidP="00132D4F">
+    <w:p w14:paraId="78A929CA" w14:textId="1DE9D0EC" w:rsidR="00BF5543" w:rsidRDefault="0014024E" w:rsidP="00D54351">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-        <w:ind w:leftChars="21" w:left="1050" w:hangingChars="500" w:hanging="1000"/>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0014024E">
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>資料來源：全球經濟體發布金融穩定報告之央行或監理機關網站。</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5543">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569F468C" w14:textId="77777777" w:rsidR="005665FD" w:rsidRPr="005665FD" w:rsidRDefault="005665FD" w:rsidP="005665FD">
+      <w:pPr>
+        <w:spacing w:line="500" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A7BF4">
+      <w:r w:rsidRPr="005665FD">
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>全球經濟體發布金融穩定報告現況</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005665FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005665FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>亞洲</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="728A1A05" w14:textId="37625415" w:rsidR="005665FD" w:rsidRPr="005665FD" w:rsidRDefault="005665FD" w:rsidP="005665FD">
+      <w:pPr>
+        <w:spacing w:line="500" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005665FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>截至</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005665FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005665FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005665FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005665FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10500" w:type="dxa"/>
+        <w:tblInd w:w="-23" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1143"/>
+        <w:gridCol w:w="1994"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="3195"/>
+        <w:gridCol w:w="1617"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="519B0510" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FCE4D6"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20235DDA" w14:textId="1AF4A7BD" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>洲別</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Continent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FCE4D6"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07D44905" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>經濟體</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FCE4D6"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7601E99A" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FCE4D6"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="426BC044" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>中央銀行或監理機關</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Central banks or Regulatory authorities/supervisory agencies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FCE4D6"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABBCC57" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>首次發布日期</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>First issue year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="1F174FDB" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="431E2063" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75CD4D2E" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>香港特別行政區</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6016C808" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Hong Kong SAR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6504D184" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Hong Kong Monetary Authority</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04E6A367" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="71414AE9" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5F4931" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E87C553" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>印尼</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49A9E9E7" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Indonesia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="167F1A36" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank Indonesia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="251D548C" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="25E90440" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70E3B47E" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A903CAF" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>以色列</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A74E99B" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Israel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3232A598" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Israel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C077A3B" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="74419C7E" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7754C46B" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A002D6B" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>澳門</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43DB0EC1" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Macao SAR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45D1D462" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Monetary Authority of Macao</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DCD9E60" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="566A3DAB" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="141D82E4" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3314B5" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>新加坡</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01AE4038" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Singapore</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14E25D5E" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Monetary Authority of Singapore</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B249B65" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="138275D9" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44CCAA01" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA2BCE1" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>中國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5034FFBE" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>China</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C440D8B" w14:textId="08CC0F9A" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The People's Bank of China</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79C84816" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="24278740" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEFB112" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C68AB99" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>日本</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="768BDEED" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Japan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF41BD6" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Japan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25DCD6C2" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="743A31DE" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7C73A0" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="106C7EA5" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>南韓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D43384A" w14:textId="5AF9F0BC" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="001B6E85" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Republic of </w:t>
+            </w:r>
+            <w:r w:rsidR="009B2A7C" w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Korea</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06D33924" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Korea</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7043CDC7" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="34714D4E" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7798051C" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E08FFEE" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>土耳其</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4F1192" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Türkiye</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2661EC27" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of the Republic of Türkiye</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15AD4D0B" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="762B9B67" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79AF668D" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58FE186C" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>喬治亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26FBC1F9" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Georgia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="234D4606" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Georgia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6684227A" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="7A1F4C75" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01F5ACA4" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48ECCA8C" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>哈薩克</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2334D4" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44AE7CEF" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74FBC772" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="74194B4E" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC52203" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB68A28" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>巴基斯坦</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDEFBCC" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Pakistan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="246E7DBA" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>State Bank of Pakistan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DDA2063" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="658DD8D5" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="096AEB45" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65D07A53" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞美尼亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09F1AE34" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Armenia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17B4B186" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Armenia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0B10BD" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="47C36739" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC449BC" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4D696B" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>巴林</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD20995" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bahrain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26C67F8F" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Bahrain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2818500A" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="3F09206E" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5BDC83" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15274929" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>台灣</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2E6CE2" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Taiwan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5313DC6A" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of the Republic of China (Taiwan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BFB9ED5" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="1F41AA7A" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2DE7A3" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="681C4396" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>卡達</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F59B67F" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Qatar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBAFA48" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Qatar Central Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53207552" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="62F957E2" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3535BC13" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="697CEFC1" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>孟加拉</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7906AA8F" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bangladesh</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FCA1BED" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bangladesh Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="579DFCD5" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="04784477" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12AD7782" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23CE7A1D" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>印度</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="432F73BD" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>India</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E780543" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Reserve Bank of India</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6E8886" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="14CD989A" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAE1F9B" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51FF397A" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>巴勒斯坦</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="474CD1B0" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Palestine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69153B01" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Palestine Monetary Authority</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E858F0B" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="6B9FAFE5" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E640C4F" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F390DA9" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>斯里蘭卡</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACDF9DD" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Sri Lanka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF77B96" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Sri Lanka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="734CFD56" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="59DCD57E" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="682BD482" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="748463DA" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>約旦</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15F7A03A" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Jordan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57CA98A0" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Jordan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="124E1DE0" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="0E2AD24B" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07F728AE" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE04FE3" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>科威特</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B65858A" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Kuwait</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10C0E351" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Kuwait</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52DD4848" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="660A3145" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD23C73" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B65B9E7" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>蒙古</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3899C09D" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mongolia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D7F1DE0" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Mongolia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10AA0839" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="544109B2" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3011179B" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC37299" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>尼泊爾</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57101087" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Nepal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E56E6AF" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Central Bank of Nepal (Nepal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Rastra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bank)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06DC80AC" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="0D16FD2C" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1DC8E1" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37B04A10" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>阿拉伯聯合大公國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="011617FD" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>United Arab Emirates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47A30606" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of the United Arab Emirates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="542AE81A" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="35F9B999" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45FB3EA6" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="529F52F3" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>吉爾吉斯</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="453E1CA7" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Kyrgyzstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7ADE0D7A" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of the Kyrgyz Republic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33B80738" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="5D3CBDDB" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4851FCA5" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C562C86" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>阿曼</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60F6B757" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Oman</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73E47A51" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Oman</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F355CFB" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="0470176D" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4C6EFE" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="554B10D1" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>俄羅斯</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BD0F638" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Russian Federation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A82A972" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of the Russian Federation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61AB51DB" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="63888832" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B3F7468" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C61A262" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>泰國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="389F52F5" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Thailand</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="533E542C" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Thailand</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19300DA7" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="29B44257" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07DDDFC7" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65DE8133" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>緬甸</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="240F6C4D" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Myanmar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBA9997" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Myanmar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57A32AF8" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="6C87052B" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0361B9B5" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="571E0DC6" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>沙烏地阿拉伯</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37034789" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Saudi Arabia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13DC2E1C" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Saudi Central Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00E1ABC3" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="7B65F576" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12DE3EB5" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73185CF9" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>塔吉克</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08B3B7A5" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Tajikistan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7198D9BA" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of the Republic of Tajikistan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE5BBE5" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="5E5A4A2B" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1186B5B1" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77F50AA9" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>菲律賓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA6DA8D" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Philippines</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="321B0F17" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of the Philippines (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bangko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sentral ng </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Pilipinas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="531EC437" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="68908C5A" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48DC4BCE" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46550529" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>馬來西亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46B3E23E" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Malaysia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFB3106" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Malaysia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28949E7B" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="2668ACE7" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C655754" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26D3E3F2" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>汶萊</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29DC77C2" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Brunei Darussalam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09EB13D6" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Monetary Authority of Brunei Darussalam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A64C1BA" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="4FED52CD" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18BDD377" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="456642E3" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>柬埔寨</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F20E351" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Cambodia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBD8700" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Cambodia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20F0C61F" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="07B67094" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8E5D82" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16A638AB" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞塞拜然</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01D8B5F1" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Azerbaijan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71C88C67" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The Central Bank of the Republic of Azerbaijan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35BF51EB" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B2A7C" w:rsidRPr="005665FD" w14:paraId="3E115980" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0986D3" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>亞洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71863B2B" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>烏茲別克共和國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4598DDD4" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Uzbekistan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1482D593" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of the Republic of Uzbekistan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A482DC8" w14:textId="77777777" w:rsidR="009B2A7C" w:rsidRPr="005665FD" w:rsidRDefault="009B2A7C" w:rsidP="005665FD">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005665FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6A20F655" w14:textId="7CD45CB5" w:rsidR="00172E44" w:rsidRPr="005665FD" w:rsidRDefault="005665FD" w:rsidP="005665FD">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>資料來源：</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00524DC9">
+      </w:pPr>
+      <w:r w:rsidRPr="009B2A7C">
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>各國發布</w:t>
+        <w:t>資料來源：全球經濟體發布金融穩定報告之央行或監理機關網站。</w:t>
       </w:r>
-      <w:r w:rsidR="00524DC9">
+    </w:p>
+    <w:p w14:paraId="0EC49459" w14:textId="77777777" w:rsidR="00172E44" w:rsidRDefault="00172E44">
+      <w:pPr>
+        <w:widowControl/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63281BF7" w14:textId="716475D1" w:rsidR="00003F41" w:rsidRDefault="00003F41" w:rsidP="007B3941">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="500" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>FSR</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00172E44">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>全球經濟體發布金融穩定報告現況</w:t>
       </w:r>
-      <w:r w:rsidR="00524DC9">
+      <w:r w:rsidRPr="00172E44">
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172E44">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>非洲</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172E44">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00172E44">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>截至</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172E44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172E44">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172E44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00172E44">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10500" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1569"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="3195"/>
+        <w:gridCol w:w="1640"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="4D7EC893" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFF2CC"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="616C93A2" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>洲別</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Continent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFF2CC"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D68A3CB" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>經濟體</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFF2CC"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5260527A" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFF2CC"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5448E0D8" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>中央銀行或監理機關</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Central banks or Regulatory authorities/supervisory agencies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFF2CC"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE6A619" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>首次發布日期</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>First issue year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="299F56D0" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13E191C9" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA29274" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>迦</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>納</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD93C17" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ghana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE310ED" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Ghana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="240D3462" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="5717AD91" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60D240C7" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0BFC9D" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>南非</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE70992" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>South Africa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D670DAA" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>South African Reserve Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2584149E" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="50DF3409" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="426A680C" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07265C12" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>維德角</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65A6CB7E" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Cape Verde</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD9A060" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Cape Verde</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19EA6988" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="1ABEC345" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DDC2EDD" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22FE95D9" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>模里西斯</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC77D33" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mauritius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F1ADF6C" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Mauritius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54FA2087" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="1C647B70" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2355FAF2" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3488D754" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>納米比亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00B97AF3" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Namibia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66AE700D" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Namibia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0D9045" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="59FD53A0" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55E03F65" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16ECD904" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>盧安達</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="174E2155" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Rwanda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B617A2B" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Rwanda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5598979D" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="3A45D216" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="667E090C" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C2E0F18" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>塞席爾</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E05B740" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Seychelles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C54008C" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Seychelles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA5BCB8" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="6615B5B2" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23995768" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CBAFA36" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>肯亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1DC3C2" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Kenya</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CEBB0A8" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Kenya</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58E50C4C" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="4EEA6EB5" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69E851B1" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1092DFF3" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>坦尚尼亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA62F49" w14:textId="10D82C43" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Tanzania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7104B3" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Tanzania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59CE0032" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="7DC0374F" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12A5E8DA" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01E2B789" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>烏干達</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71A7A90E" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Uganda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="480D7752" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Uganda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47A771A9" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="7A8D0972" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5216C683" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4ECA7052" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>馬拉威</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4743E6BC" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Malawi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12F7982F" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Reserve Bank of Malawi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F960D67" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="0B4E720B" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB0633D" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CDBC258" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>奈及利亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15BBAA19" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Nigeria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B794BEF" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Nigeria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5762FB45" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="018C8B49" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B79B9A8" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67D43B92" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>阿爾及利亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53FE2C33" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Algeria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58F28A66" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Algeria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB45E24" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="42C60C5F" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07C81AE8" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22BCF047" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>馬達加斯加</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="455AA966" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Madagascar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="422188D5" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Banky</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Foiben'i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Madagasikara</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8B1C36" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="1468D575" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42D580AA" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13B5BFAB" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>埃及</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E86C8A8" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Egypt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53CC9E16" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Egypt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD98FA6" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="18F516DE" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14D1B09D" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7138F9" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>摩洛哥</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51A37C4D" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Morocco</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07E479A2" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank Al-Maghrib (Central Bank of Morocco)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="631ADF4A" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00003F41" w:rsidRPr="007B3941" w14:paraId="29E62DC1" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7AF53A" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="411E7CD9" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>辛巴威</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49A87550" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Zimbabwe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA947CA" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Reserve Bank of Zimbabwe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F340666" w14:textId="77777777" w:rsidR="00003F41" w:rsidRPr="007B3941" w:rsidRDefault="00003F41" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B3941" w:rsidRPr="007B3941" w14:paraId="6F47A8BD" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFAC434" w14:textId="48CC0E37" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1545D283" w14:textId="574A2DF8" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>蒲隆地</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A9BA57" w14:textId="53D262B4" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Burundi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="345E71C6" w14:textId="4921648A" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of the Republic of Burundi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="263F8E6D" w14:textId="211AD11C" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B3941" w:rsidRPr="007B3941" w14:paraId="6B05B5E8" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E760F83" w14:textId="2E371E3C" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="123E22F5" w14:textId="0849177B" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>中非共和國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74CFC8F9" w14:textId="5026BA0A" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central African</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="625DEC98" w14:textId="3D7C0B56" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Central African States</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="484A720A" w14:textId="56377513" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B3941" w:rsidRPr="007B3941" w14:paraId="49076A79" w14:textId="77777777" w:rsidTr="007A47B6">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55208209" w14:textId="3331C651" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B297DBE" w14:textId="514F4027" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>賴索托</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61C9C022" w14:textId="53ED63AB" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Lesotho</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13DCB797" w14:textId="355E7F3A" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Lesotho</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="157BCA2A" w14:textId="0DEFB24A" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B3941" w:rsidRPr="007B3941" w14:paraId="3AE6A277" w14:textId="77777777" w:rsidTr="007A47B6">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8C8D28" w14:textId="30A27BBC" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77101244" w14:textId="749E86AB" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>史瓦帝尼</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E99B9A2" w14:textId="42F109D2" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Eswatini</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A734A4E" w14:textId="4623224F" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The Central Bank of Eswatini</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23F64CA2" w14:textId="7C25AA98" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B3941" w:rsidRPr="007B3941" w14:paraId="33418F79" w14:textId="77777777" w:rsidTr="007A47B6">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF3913D" w14:textId="6669F295" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67179B1D" w14:textId="5ED3B303" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>波札那</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA68C18" w14:textId="39B08953" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Botswana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03591F0F" w14:textId="0BD0B9C2" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Botswana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D09279E" w14:textId="15E693BA" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B3941" w:rsidRPr="007B3941" w14:paraId="317008BE" w14:textId="77777777" w:rsidTr="007A47B6">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7529DBD6" w14:textId="17B5B577" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61E39A80" w14:textId="4F9B5551" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>甘比亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73AB00C8" w14:textId="78BBF835" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Gambia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0249E229" w14:textId="281D059F" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of The Gambia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6775E8C7" w14:textId="0DCD0C13" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B3941" w:rsidRPr="007B3941" w14:paraId="6DB42651" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="320C2177" w14:textId="691631E9" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="166C8DCD" w14:textId="08C035FA" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>莫三比克</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D88B475" w14:textId="413601A9" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mozambique</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="607FD52D" w14:textId="7102D148" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Mozambique</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23221609" w14:textId="35DFBCF8" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B3941" w:rsidRPr="007B3941" w14:paraId="6F742C79" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="332EE378" w14:textId="23CC1D76" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28D937C1" w14:textId="6866B49C" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>安哥拉</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="303CB3B1" w14:textId="7529B72C" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Angola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23C65935" w14:textId="2D2AC3C6" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Angola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B58F9CF" w14:textId="4D4F7579" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B3941" w:rsidRPr="007B3941" w14:paraId="661EBA68" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56DB1996" w14:textId="3738C6DC" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E71849B" w14:textId="45298972" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>獅子山共和國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53F9047A" w14:textId="164BA69D" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Sierra Leone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="132D91D1" w14:textId="0F7F3CBE" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Sierra Leone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="563FBC11" w14:textId="777DEDC0" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B3941" w:rsidRPr="007B3941" w14:paraId="1A9DBBF0" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43E206A4" w14:textId="4809D8AF" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="512599C5" w14:textId="3FA126B5" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>衣索比亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A88EC64" w14:textId="3167760E" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ethiopia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61E1794A" w14:textId="5AFB6743" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>National Bank of Ethiopia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21F6F83B" w14:textId="405453B6" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B3941" w:rsidRPr="007B3941" w14:paraId="3DB50B97" w14:textId="77777777" w:rsidTr="001B3FC2">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="303FAB1F" w14:textId="20369B85" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>非洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1594A24D" w14:textId="10B2D0F8" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>尚比亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="022315E1" w14:textId="350E742D" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Zambia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="170B0B2B" w14:textId="3683745B" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Zambia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB82D78" w14:textId="47A32E24" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5F5B63F5" w14:textId="7218552A" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="007B3941">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>之機構網站</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001A7BF4">
+      </w:pPr>
+      <w:r w:rsidRPr="00074F3E">
         <w:rPr>
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>。</w:t>
+        <w:t>資料來源：全球經濟體發布金融穩定報告之央行或監理機關網站。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00570873" w:rsidRDefault="00570873"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId7"/>
+    <w:p w14:paraId="3A2377A6" w14:textId="66915FE2" w:rsidR="00074F3E" w:rsidRDefault="00074F3E">
+      <w:pPr>
+        <w:widowControl/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226AB107" w14:textId="77777777" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="007B3941">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="500" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>全球經濟體發布金融穩定報告現況</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>美洲</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5126CE06" w14:textId="72161C60" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="007B3941">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="500" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>截至</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10500" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="2680"/>
+        <w:gridCol w:w="3940"/>
+        <w:gridCol w:w="1640"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00036B89" w:rsidRPr="007B3941" w14:paraId="28CCA2B7" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="E2EFDA"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="087E2C30" w14:textId="71A84FD7" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>洲別</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Continent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="E2EFDA"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B71EC73" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>經濟體</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="E2EFDA"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C88EEC4" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="E2EFDA"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3C99C2" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>中央銀行或監理機關</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Central banks or Regulatory authorities/supervisory agencies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="E2EFDA"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE3AF66" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>首次發布日期</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>First issue year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="62D693F0" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D8B04F8" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="694A8AAA" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>加拿大</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB67D2A" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Canada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52EC9331" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Canada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58D79E09" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="4C695B36" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF641C4" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E45E566" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>哥倫比亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7E7B29" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Colombia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3147862C" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Colombia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF31B41" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="398CFBC1" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00DD1537" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C83965A" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>巴西</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2BDD74" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Brazil</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70DB7983" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Brazil</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED196A5" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="2F6BE792" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70A2DD59" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33128F0D" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>阿根廷</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A06B8F7" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Argentina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF2D45E" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Argentina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64C9DE8E" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="18C91428" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="599F9ACA" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B020D8D" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>智利</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78CEAFB6" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Chile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C37E2FD" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Chile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="770BBFC6" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="363E9322" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7516F481" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CAEFEFD" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>烏拉圭</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3078E8C8" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Uruguay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29871554" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Uruguay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E49F4BC" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="107AA640" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="199F5A18" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="114FFCED" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>玻利維亞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44A6B809" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bolivia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEF03FD" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Bolivia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E78EF21" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="76031A3D" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C488FE2" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16C4B881" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>墨西哥</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13E6F9D1" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mexico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0A8F4F" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Mexico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73288F01" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="68E34071" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7012802E" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10CC65D1" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>祕魯</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6AB535" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Peru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74B66128" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Reserve Bank of Peru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13BA307F" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="6DD7D5B8" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="712C13C0" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42FEB1BF" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>薩爾瓦多</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF5D61C" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>El Salvador</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5523D553" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Reserve Bank of El Salvador</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABBB33B" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="06038F16" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C2ED448" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9278F0" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>千里達托貝哥</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D368487" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Trinidad and Tobago</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F86F3E6" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Trinidad and Tobago</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2747BBFD" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="469633A0" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5194FEFB" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C06C1AB" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>巴拉圭</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4098D6" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Paraguay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3409CE" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Paraguay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4669094A" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="7AFC92FC" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B474F81" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49C1BB30" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>巴貝多</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28370A8A" w14:textId="2B9F0340" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Barbados</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="629C0B66" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Barbados</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="176E3BE6" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="7CBAD849" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="469FC2BC" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79FE836E" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>宏都拉斯</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34050AB3" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Honduras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="407832B2" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Honduras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3D9CF2" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="00FC2A10" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="270869B3" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08CBB134" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>巴拿馬</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0959BBB6" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Panama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5282E1D9" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Superintendency of Banks of the Republic of Panama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="021F2C89" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="0C0C7D20" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64E65452" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="733DBA94" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>巴哈馬</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="222BA2F9" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bahamas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F17F0D0" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of The Bahamas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="547E4AE8" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="0A01B540" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5628FC1B" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5C7C95" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>尼加拉瓜</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60246C18" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Nicaragua</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7053BA3E" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Nicaragua</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="571CE172" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="00BD0D56" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E92FBC3" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67D16BC9" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>貝里斯</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6820F946" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Belize</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5407EAEA" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Belize</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4ECBEFD8" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="229CD66F" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB543E0" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17F9EBF4" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>牙買加</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69DDAD28" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Jamaica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7848B63D" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bank of Jamaica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="188432C8" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="30AF4C47" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75DB2781" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73876F21" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>蘇利南</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DBF3B27" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Suriname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4D0BE1" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Suriname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52CD7FDE" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074F3E" w:rsidRPr="007B3941" w14:paraId="2FC313B2" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="500E1775" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47A6D146" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>英屬土克</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>凱</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>可群島</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65B7483D" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Turks and Caicos Islands</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="435B35E2" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Financial Services </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Commission(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Turks and Caicos Islands)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2F0442" w14:textId="77777777" w:rsidR="00074F3E" w:rsidRPr="007B3941" w:rsidRDefault="00074F3E" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00036B89" w:rsidRPr="007B3941" w14:paraId="547DA28F" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45F0C37C" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40885506" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>東加勒比國家組織</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49328D03" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Organization of Eastern Caribbean States (OECS)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33589105" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Eastern Caribbean Central Bank</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67C039FE" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00036B89" w:rsidRPr="007B3941" w14:paraId="67E971AE" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72D22741" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0338EA9E" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>多明尼加</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="398D6892" w14:textId="5F5D6190" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Dominican</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00F17339" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of the Dominican Republic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49DE1571" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00036B89" w:rsidRPr="007B3941" w14:paraId="283697F9" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01BB1F85" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02B4D5BC" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美國</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E784B6A" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>United States</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17F2023D" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Board of Governors of the Federal Reserve System</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4C9D2D" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00036B89" w:rsidRPr="007B3941" w14:paraId="455DDCD3" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5170F004" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74B4AB02" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>古拉索</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52115899" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Curaçao</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E80BC92" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Curaçao and Sint Maarten</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BCF28D2" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00036B89" w:rsidRPr="007B3941" w14:paraId="21482B08" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CED7101" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>美洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1511D8" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>開</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>曼</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>群島</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5A8D8B" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Cayman Islands</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF4F3EC" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Cayman Islands Monetary Authority</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="533E8A30" w14:textId="77777777" w:rsidR="00036B89" w:rsidRPr="007B3941" w:rsidRDefault="00036B89" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6D583031" w14:textId="769E7773" w:rsidR="004005F2" w:rsidRDefault="007B3941">
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>資料來源：全球經濟體發布金融穩定報告之央行或監理機關網站。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425BDD6A" w14:textId="77777777" w:rsidR="004005F2" w:rsidRDefault="004005F2">
+      <w:pPr>
+        <w:widowControl/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29439F57" w14:textId="224490F1" w:rsidR="007B3941" w:rsidRPr="007B3941" w:rsidRDefault="007B3941" w:rsidP="007B3941">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="500" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>全球經濟體發布金融穩定報告現況</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>大洋洲及</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>紐</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>澳</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>截至</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10500" w:type="dxa"/>
+        <w:tblInd w:w="-23" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1592"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3313"/>
+        <w:gridCol w:w="1640"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004005F2" w:rsidRPr="007B3941" w14:paraId="3D8D1253" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFCC"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41CFAC95" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>洲別</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Continent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFCC"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="571CA878" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>經濟體</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFCC"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0177E35B" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Economies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFCC"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F59D2C7" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>中央銀行或監理機關</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Central banks or Regulatory authorities/supervisory agencies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFCC"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63F80963" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>首次發布日期</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>First issue year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004005F2" w:rsidRPr="007B3941" w14:paraId="7A740D37" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6804E18D" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>大洋洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4DD18A" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>斐濟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A6C6384" w14:textId="275A3249" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Fiji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B328444" w14:textId="13CFE0C8" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Reserve Bank of Fiji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C08D8DA" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004005F2" w:rsidRPr="007B3941" w14:paraId="28F449C4" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="512BF815" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>大洋洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED91645" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>所羅門群島</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09382A57" w14:textId="749D5270" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Solomon Islands</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4ABCF3D7" w14:textId="3FBAF4E0" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Central Bank of Solomon Islands</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE36DB3" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004005F2" w:rsidRPr="007B3941" w14:paraId="58FF42F5" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EBEA099" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>紐</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>澳</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3223D07F" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>澳洲</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2302537B" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Australia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B496A21" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Reserve Bank of Australia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7942AA" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004005F2" w:rsidRPr="007B3941" w14:paraId="42C85641" w14:textId="77777777" w:rsidTr="007B3941">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53B88A9E" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>紐</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>澳</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69AAB287" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>紐西蘭</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="548FCACB" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>New Zealand</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B63C136" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Reserve Bank of New Zealand</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF80AF0" w14:textId="77777777" w:rsidR="004005F2" w:rsidRPr="007B3941" w:rsidRDefault="004005F2" w:rsidP="00EE241B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3941">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5A38127A" w14:textId="019D7DAA" w:rsidR="00327AE1" w:rsidRPr="004005F2" w:rsidRDefault="007B3941">
+      <w:r w:rsidRPr="004005F2">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>資料來源：全球經濟體發布金融穩定報告之央行或監理機關網站。</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00327AE1" w:rsidRPr="004005F2" w:rsidSect="003F6DC0">
+      <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="964" w:bottom="1440" w:left="737" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D82E5A" w:rsidRDefault="00D82E5A" w:rsidP="00BC0F00">
+    <w:p w14:paraId="258993C3" w14:textId="77777777" w:rsidR="00003F41" w:rsidRDefault="00003F41" w:rsidP="00003F41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D82E5A" w:rsidRDefault="00D82E5A" w:rsidP="00BC0F00">
+    <w:p w14:paraId="60E8A79C" w14:textId="77777777" w:rsidR="00003F41" w:rsidRDefault="00003F41" w:rsidP="00003F41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-455255155"/>
+      <w:id w:val="-1046213597"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00000FE4" w:rsidRPr="00000FE4" w:rsidRDefault="00000FE4" w:rsidP="00000FE4">
+      <w:p w14:paraId="73713999" w14:textId="0C66E188" w:rsidR="007A47B6" w:rsidRDefault="007A47B6">
         <w:pPr>
-          <w:pStyle w:val="a6"/>
+          <w:pStyle w:val="af1"/>
           <w:jc w:val="center"/>
         </w:pPr>
-        <w:r w:rsidRPr="00000FE4">
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00000FE4">
+        <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00000FE4">
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00977475" w:rsidRPr="00977475">
+        <w:r>
           <w:rPr>
-            <w:noProof/>
             <w:lang w:val="zh-TW"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00000FE4">
+        <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
+  <w:p w14:paraId="76F09874" w14:textId="77777777" w:rsidR="007A47B6" w:rsidRDefault="007A47B6">
+    <w:pPr>
+      <w:pStyle w:val="af1"/>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D82E5A" w:rsidRDefault="00D82E5A" w:rsidP="00BC0F00">
+    <w:p w14:paraId="1786E27A" w14:textId="77777777" w:rsidR="00003F41" w:rsidRDefault="00003F41" w:rsidP="00003F41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D82E5A" w:rsidRDefault="00D82E5A" w:rsidP="00BC0F00">
+    <w:p w14:paraId="4F0ED669" w14:textId="77777777" w:rsidR="00003F41" w:rsidRDefault="00003F41" w:rsidP="00003F41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00132D4F"/>
-[...45 lines deleted...]
-    <w:rsid w:val="00FE0633"/>
+    <w:rsidRoot w:val="00EB6276"/>
+    <w:rsid w:val="00003F41"/>
+    <w:rsid w:val="00036B89"/>
+    <w:rsid w:val="00070C9E"/>
+    <w:rsid w:val="00074F3E"/>
+    <w:rsid w:val="00084CD8"/>
+    <w:rsid w:val="00094520"/>
+    <w:rsid w:val="0014024E"/>
+    <w:rsid w:val="00172E44"/>
+    <w:rsid w:val="001A1585"/>
+    <w:rsid w:val="001B6E85"/>
+    <w:rsid w:val="001E1310"/>
+    <w:rsid w:val="002B5FF9"/>
+    <w:rsid w:val="002B64C8"/>
+    <w:rsid w:val="002E2154"/>
+    <w:rsid w:val="00306933"/>
+    <w:rsid w:val="00327AE1"/>
+    <w:rsid w:val="003B51D3"/>
+    <w:rsid w:val="003F6DC0"/>
+    <w:rsid w:val="004005F2"/>
+    <w:rsid w:val="00413739"/>
+    <w:rsid w:val="005665FD"/>
+    <w:rsid w:val="00573E14"/>
+    <w:rsid w:val="00593691"/>
+    <w:rsid w:val="00612923"/>
+    <w:rsid w:val="00617563"/>
+    <w:rsid w:val="00646313"/>
+    <w:rsid w:val="007467BC"/>
+    <w:rsid w:val="007A47B6"/>
+    <w:rsid w:val="007B3941"/>
+    <w:rsid w:val="008174B8"/>
+    <w:rsid w:val="008C684D"/>
+    <w:rsid w:val="009033F4"/>
+    <w:rsid w:val="009B2A7C"/>
+    <w:rsid w:val="009D0F80"/>
+    <w:rsid w:val="00A00CE6"/>
+    <w:rsid w:val="00A14F64"/>
+    <w:rsid w:val="00A54133"/>
+    <w:rsid w:val="00AB6EBF"/>
+    <w:rsid w:val="00B721AA"/>
+    <w:rsid w:val="00BF5543"/>
+    <w:rsid w:val="00C1053C"/>
+    <w:rsid w:val="00C219B1"/>
+    <w:rsid w:val="00D169DA"/>
+    <w:rsid w:val="00D54351"/>
+    <w:rsid w:val="00E21B1E"/>
+    <w:rsid w:val="00E55F7F"/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rsid w:val="00EE241B"/>
+    <w:rsid w:val="00F279EA"/>
+    <w:rsid w:val="00FD58C9"/>
+    <w:rsid w:val="00FE1A8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="501C7357"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{9D3BCB24-55C4-4C21-A54C-2DBBCB5C7EEE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
-        <w:szCs w:val="22"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00132D4F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:leftChars="100" w:left="100"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:leftChars="300" w:left="300"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
-    <w:name w:val="附錄"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="標題 1 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="標題 2 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="標題 3 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="標題 4 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="標題 5 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="標題 6 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="標題 7 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="標題 8 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="標題 9 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00132D4F"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-      <w:ind w:firstLineChars="200" w:firstLine="640"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
       <w:jc w:val="center"/>
-      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
-[...3 lines deleted...]
-      <w:szCs w:val="36"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="標題 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BC0F00"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:snapToGrid w:val="0"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-    <w:name w:val="頁首 字元"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="副標題 字元"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BC0F00"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00EB6276"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Quote"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BC0F00"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-    <w:name w:val="頁尾 字元"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="引文 字元"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BC0F00"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00EB6276"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...156 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00132D4F"/>
+    <w:rsid w:val="00EB6276"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:szCs w:val="24"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="鮮明引文 字元"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB6276"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...27 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="004005F2"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="標楷體"/>
-[...3 lines deleted...]
-      <w:szCs w:val="36"/>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0F00"/>
+    <w:rsid w:val="00003F41"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4153"/>
-        <w:tab w:val="right" w:pos="8306"/>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
-      <w:snapToGrid w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
     <w:name w:val="頁首 字元"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0F00"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00003F41"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="af1">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="af2"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC0F00"/>
+    <w:rsid w:val="00003F41"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4153"/>
-        <w:tab w:val="right" w:pos="8306"/>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
-      <w:snapToGrid w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
     <w:name w:val="頁尾 字元"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC0F00"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00003F41"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="287392425">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="383452944">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="696657863">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="867566812">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="913853878">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1004086026">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1036539999">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1324089390">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1403062256">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1418095969">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1419448581">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1461260739">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1704476587">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1754431335">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1876186668">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1993485197">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2057241729">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1371</Characters>
+  <Pages>9</Pages>
+  <Words>1150</Words>
+  <Characters>6560</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <Company>CBC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1608</CharactersWithSpaces>
+  <CharactersWithSpaces>7695</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>原靖雯</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>陳泰宇</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>