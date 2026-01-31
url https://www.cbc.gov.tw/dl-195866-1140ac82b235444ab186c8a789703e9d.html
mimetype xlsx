--- v0 (2025-10-10)
+++ v1 (2026-01-31)
@@ -2,79 +2,82 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fsa2\pss$\27 同資系統官網內容改版\1141009 官網更新財金2025年第3季圓餅圖季資料及支付報告專區\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fsnas\db\PSS\27 同資系統官網內容改版\1150116 官網更新三大支付系統年資料及財金2025第4季圓餅圖\財金2025Q4圓餅圖\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0ECBC1F5-4026-49CE-8F69-78FAEECC8736}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DA8ADB88-A24E-4990-86C2-6696D94CA61C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CBC_BT17" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="46">
   <si>
     <t>Interbank Financial Information System of FISC</t>
   </si>
   <si>
     <t>time period</t>
   </si>
   <si>
     <t>2021Q1</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>2021Q2</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>2021Q3</t>
   </si>
   <si>
     <t>2021Q4</t>
   </si>
   <si>
     <t>2022Q1</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
@@ -351,50 +354,53 @@
   <si>
     <t>2024Q1</t>
   </si>
   <si>
     <t>2024Q2</t>
   </si>
   <si>
     <t>2024Q2</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>2024Q3</t>
   </si>
   <si>
     <t>2024Q4</t>
   </si>
   <si>
     <t>2025Q1</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>2025Q2</t>
   </si>
   <si>
     <t>2025Q3</t>
+  </si>
+  <si>
+    <t>2025Q4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="0.000%"/>
   </numFmts>
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
@@ -1708,54 +1714,54 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q56"/>
+  <dimension ref="A1:Q60"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G56" sqref="G56"/>
+    <sheetView tabSelected="1" topLeftCell="A41" workbookViewId="0">
+      <selection activeCell="B59" sqref="B59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.375" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19" style="6" customWidth="1"/>
     <col min="3" max="3" width="25.25" style="6" customWidth="1"/>
     <col min="4" max="4" width="22.5" style="6" customWidth="1"/>
     <col min="5" max="5" width="45.5" style="6" customWidth="1"/>
     <col min="6" max="7" width="11.375" style="6" customWidth="1"/>
     <col min="8" max="8" width="15.375" style="6" customWidth="1"/>
     <col min="9" max="9" width="21.75" style="6" customWidth="1"/>
     <col min="10" max="10" width="30.75" style="6" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="29" style="6" bestFit="1" customWidth="1"/>
     <col min="12" max="13" width="29" style="6" customWidth="1"/>
     <col min="14" max="14" width="11.375" style="6" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="22.75" style="6" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="9" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="50" t="s">
         <v>22</v>
       </c>
       <c r="B1" s="50"/>
@@ -2657,950 +2663,1064 @@
       <c r="D29" s="2">
         <v>0.50009999999999999</v>
       </c>
       <c r="E29" s="2">
         <v>3.6400000000000002E-2</v>
       </c>
       <c r="F29" s="2">
         <v>2.2000000000000001E-3</v>
       </c>
       <c r="G29" s="2">
         <v>2.53E-2</v>
       </c>
       <c r="H29" s="2">
         <v>0.1061</v>
       </c>
       <c r="I29" s="4">
         <v>1</v>
       </c>
       <c r="J29" s="35"/>
       <c r="K29" s="30"/>
       <c r="L29" s="30"/>
       <c r="M29" s="30"/>
       <c r="N29" s="30"/>
       <c r="O29" s="30"/>
     </row>
-    <row r="30" spans="1:17" x14ac:dyDescent="0.25">
-[...28 lines deleted...]
-      <c r="I31" s="51"/>
+    <row r="30" spans="1:17" s="31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B30" s="2">
+        <v>8.7599999999999997E-2</v>
+      </c>
+      <c r="C30" s="2">
+        <v>0.2298</v>
+      </c>
+      <c r="D30" s="2">
+        <v>0.49580000000000002</v>
+      </c>
+      <c r="E30" s="2">
+        <v>4.0599999999999997E-2</v>
+      </c>
+      <c r="F30" s="2">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="G30" s="2">
+        <v>2.4799999999999999E-2</v>
+      </c>
+      <c r="H30" s="2">
+        <v>0.1192</v>
+      </c>
+      <c r="I30" s="4">
+        <v>1</v>
+      </c>
+      <c r="J30" s="35"/>
+      <c r="K30" s="30"/>
+      <c r="L30" s="30"/>
+      <c r="M30" s="30"/>
+      <c r="N30" s="30"/>
+      <c r="O30" s="30"/>
+    </row>
+    <row r="31" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="22">
+        <v>2025</v>
+      </c>
+      <c r="B31" s="23">
+        <v>8.5900000000000004E-2</v>
+      </c>
+      <c r="C31" s="23">
+        <v>0.23799999999999999</v>
+      </c>
+      <c r="D31" s="23">
+        <v>0.49859999999999999</v>
+      </c>
+      <c r="E31" s="23">
+        <v>3.4700000000000002E-2</v>
+      </c>
+      <c r="F31" s="23">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="G31" s="23">
+        <v>2.4500000000000001E-2</v>
+      </c>
+      <c r="H31" s="23">
+        <v>0.11609999999999999</v>
+      </c>
+      <c r="I31" s="20">
+        <v>1</v>
+      </c>
       <c r="J31" s="14"/>
       <c r="K31" s="21"/>
       <c r="L31" s="21"/>
       <c r="M31" s="21"/>
       <c r="N31" s="21"/>
       <c r="O31" s="21"/>
       <c r="P31" s="21"/>
       <c r="Q31" s="21"/>
     </row>
-    <row r="32" spans="1:17" ht="16.5" x14ac:dyDescent="0.25">
-[...26 lines deleted...]
-      </c>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B32" s="14"/>
+      <c r="C32" s="14"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="14"/>
+      <c r="F32" s="14"/>
+      <c r="G32" s="14"/>
+      <c r="H32" s="14"/>
+      <c r="I32" s="14"/>
       <c r="J32" s="14"/>
       <c r="K32" s="21"/>
       <c r="L32" s="21"/>
       <c r="M32" s="21"/>
       <c r="N32" s="21"/>
       <c r="O32" s="21"/>
       <c r="P32" s="21"/>
       <c r="Q32" s="21"/>
     </row>
-    <row r="33" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...26 lines deleted...]
-      </c>
+    <row r="33" spans="1:17" ht="20.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="51" t="s">
+        <v>33</v>
+      </c>
+      <c r="B33" s="51"/>
+      <c r="C33" s="51"/>
+      <c r="D33" s="51"/>
+      <c r="E33" s="51"/>
+      <c r="F33" s="51"/>
+      <c r="G33" s="51"/>
+      <c r="H33" s="51"/>
+      <c r="I33" s="51"/>
       <c r="J33" s="14"/>
       <c r="K33" s="21"/>
       <c r="L33" s="21"/>
       <c r="M33" s="21"/>
       <c r="N33" s="21"/>
       <c r="O33" s="21"/>
       <c r="P33" s="21"/>
       <c r="Q33" s="21"/>
     </row>
-    <row r="34" spans="1:17" x14ac:dyDescent="0.25">
-[...25 lines deleted...]
-        <v>1</v>
+    <row r="34" spans="1:17" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A34" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B34" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C34" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E34" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F34" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="G34" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="H34" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="I34" s="10" t="s">
+        <v>32</v>
       </c>
       <c r="J34" s="14"/>
       <c r="K34" s="21"/>
       <c r="L34" s="21"/>
       <c r="M34" s="21"/>
       <c r="N34" s="21"/>
       <c r="O34" s="21"/>
       <c r="P34" s="21"/>
       <c r="Q34" s="21"/>
     </row>
-    <row r="35" spans="1:17" x14ac:dyDescent="0.25">
-[...25 lines deleted...]
-        <v>1</v>
+    <row r="35" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="B35" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D35" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="F35" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="H35" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="13" t="s">
+        <v>13</v>
       </c>
       <c r="J35" s="14"/>
       <c r="K35" s="21"/>
       <c r="L35" s="21"/>
       <c r="M35" s="21"/>
       <c r="N35" s="21"/>
       <c r="O35" s="21"/>
       <c r="P35" s="21"/>
       <c r="Q35" s="21"/>
     </row>
     <row r="36" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A36" s="15" t="s">
-[...11 lines deleted...]
-      <c r="E36" s="24">
+      <c r="A36" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B36" s="2">
+        <v>0.85060000000000002</v>
+      </c>
+      <c r="C36" s="2">
+        <v>1.37E-2</v>
+      </c>
+      <c r="D36" s="2">
+        <v>6.13E-2</v>
+      </c>
+      <c r="E36" s="3">
         <v>2.0000000000000002E-5</v>
       </c>
-      <c r="F36" s="16">
-[...8 lines deleted...]
-      <c r="I36" s="17">
+      <c r="F36" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="G36" s="2">
+        <v>4.0800000000000003E-2</v>
+      </c>
+      <c r="H36" s="2">
+        <v>1.3599999999999999E-2</v>
+      </c>
+      <c r="I36" s="4">
         <v>1</v>
       </c>
       <c r="J36" s="14"/>
       <c r="K36" s="21"/>
       <c r="L36" s="21"/>
       <c r="M36" s="21"/>
       <c r="N36" s="21"/>
       <c r="O36" s="21"/>
       <c r="P36" s="21"/>
       <c r="Q36" s="21"/>
     </row>
     <row r="37" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A37" s="15" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B37" s="16">
-        <v>0.83599999999999997</v>
+        <v>0.83789999999999998</v>
       </c>
       <c r="C37" s="16">
-        <v>1.1599999999999999E-2</v>
+        <v>1.14E-2</v>
       </c>
       <c r="D37" s="16">
-        <v>6.3E-2</v>
+        <v>6.3899999999999998E-2</v>
       </c>
       <c r="E37" s="24">
-        <v>6.9999999999999994E-5</v>
+        <v>2.0000000000000002E-5</v>
       </c>
       <c r="F37" s="16">
-        <v>1.9900000000000001E-2</v>
+        <v>1.9800000000000002E-2</v>
       </c>
       <c r="G37" s="16">
-        <v>5.3199999999999997E-2</v>
+        <v>4.6699999999999998E-2</v>
       </c>
       <c r="H37" s="16">
-        <v>1.6199999999999999E-2</v>
+        <v>2.0299999999999999E-2</v>
       </c>
       <c r="I37" s="17">
         <v>1</v>
       </c>
       <c r="J37" s="14"/>
       <c r="K37" s="21"/>
       <c r="L37" s="21"/>
       <c r="M37" s="21"/>
       <c r="N37" s="21"/>
       <c r="O37" s="21"/>
       <c r="P37" s="21"/>
       <c r="Q37" s="21"/>
     </row>
-    <row r="38" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D38" s="19">
+    <row r="38" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A38" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B38" s="16">
+        <v>0.83050000000000002</v>
+      </c>
+      <c r="C38" s="16">
+        <v>1.09E-2</v>
+      </c>
+      <c r="D38" s="16">
         <v>6.2700000000000006E-2</v>
       </c>
-      <c r="E38" s="25">
-[...11 lines deleted...]
-      <c r="I38" s="20">
+      <c r="E38" s="24">
+        <v>2.0000000000000002E-5</v>
+      </c>
+      <c r="F38" s="16">
+        <v>2.0199999999999999E-2</v>
+      </c>
+      <c r="G38" s="16">
+        <v>5.2499999999999998E-2</v>
+      </c>
+      <c r="H38" s="16">
+        <v>2.3199999999999998E-2</v>
+      </c>
+      <c r="I38" s="17">
         <v>1</v>
       </c>
       <c r="J38" s="14"/>
       <c r="K38" s="21"/>
       <c r="L38" s="21"/>
       <c r="M38" s="21"/>
       <c r="N38" s="21"/>
       <c r="O38" s="21"/>
       <c r="P38" s="21"/>
       <c r="Q38" s="21"/>
     </row>
     <row r="39" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A39" s="1" t="s">
-[...23 lines deleted...]
-      <c r="I39" s="4">
+      <c r="A39" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="B39" s="16">
+        <v>0.83599999999999997</v>
+      </c>
+      <c r="C39" s="16">
+        <v>1.1599999999999999E-2</v>
+      </c>
+      <c r="D39" s="16">
+        <v>6.3E-2</v>
+      </c>
+      <c r="E39" s="24">
+        <v>6.9999999999999994E-5</v>
+      </c>
+      <c r="F39" s="16">
+        <v>1.9900000000000001E-2</v>
+      </c>
+      <c r="G39" s="16">
+        <v>5.3199999999999997E-2</v>
+      </c>
+      <c r="H39" s="16">
+        <v>1.6199999999999999E-2</v>
+      </c>
+      <c r="I39" s="17">
         <v>1</v>
       </c>
       <c r="J39" s="14"/>
       <c r="K39" s="21"/>
       <c r="L39" s="21"/>
       <c r="M39" s="21"/>
       <c r="N39" s="21"/>
       <c r="O39" s="21"/>
       <c r="P39" s="21"/>
       <c r="Q39" s="21"/>
     </row>
-    <row r="40" spans="1:17" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E40" s="24">
+    <row r="40" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="18">
+        <v>2021</v>
+      </c>
+      <c r="B40" s="19">
+        <v>0.83860000000000001</v>
+      </c>
+      <c r="C40" s="19">
+        <v>1.1900000000000001E-2</v>
+      </c>
+      <c r="D40" s="19">
+        <v>6.2700000000000006E-2</v>
+      </c>
+      <c r="E40" s="25">
         <v>4.0000000000000003E-5</v>
       </c>
-      <c r="F40" s="16">
-[...8 lines deleted...]
-      <c r="I40" s="17">
+      <c r="F40" s="19">
+        <v>0.02</v>
+      </c>
+      <c r="G40" s="19">
+        <v>4.8399999999999999E-2</v>
+      </c>
+      <c r="H40" s="19">
+        <v>1.84E-2</v>
+      </c>
+      <c r="I40" s="20">
         <v>1</v>
       </c>
       <c r="J40" s="14"/>
       <c r="K40" s="21"/>
       <c r="L40" s="21"/>
       <c r="M40" s="21"/>
       <c r="N40" s="26"/>
       <c r="O40" s="21"/>
       <c r="P40" s="21"/>
       <c r="Q40" s="21"/>
     </row>
     <row r="41" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A41" s="15" t="s">
-[...23 lines deleted...]
-      <c r="I41" s="17">
+      <c r="A41" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B41" s="2">
+        <v>0.82509999999999994</v>
+      </c>
+      <c r="C41" s="2">
+        <v>1.2699999999999999E-2</v>
+      </c>
+      <c r="D41" s="2">
+        <v>6.9199999999999998E-2</v>
+      </c>
+      <c r="E41" s="3">
+        <v>6.0000000000000002E-5</v>
+      </c>
+      <c r="F41" s="2">
+        <v>2.12E-2</v>
+      </c>
+      <c r="G41" s="2">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="H41" s="2">
+        <v>1.37E-2</v>
+      </c>
+      <c r="I41" s="4">
         <v>1</v>
       </c>
       <c r="J41" s="14"/>
       <c r="K41" s="21"/>
       <c r="L41" s="21"/>
       <c r="M41" s="21"/>
       <c r="N41" s="26"/>
       <c r="O41" s="21"/>
       <c r="P41" s="21"/>
       <c r="Q41" s="21"/>
     </row>
     <row r="42" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A42" s="15" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="B42" s="16">
-        <v>0.82679999999999998</v>
+        <v>0.82410000000000005</v>
       </c>
       <c r="C42" s="16">
-        <v>1.17E-2</v>
+        <v>1.1299999999999999E-2</v>
       </c>
       <c r="D42" s="16">
-        <v>6.6500000000000004E-2</v>
+        <v>6.5299999999999997E-2</v>
       </c>
       <c r="E42" s="24">
         <v>4.0000000000000003E-5</v>
       </c>
       <c r="F42" s="16">
-        <v>1.84E-2</v>
+        <v>1.9E-2</v>
       </c>
       <c r="G42" s="16">
-        <v>6.1199999999999997E-2</v>
+        <v>5.8099999999999999E-2</v>
       </c>
       <c r="H42" s="16">
-        <v>1.54E-2</v>
+        <v>2.2200000000000001E-2</v>
       </c>
       <c r="I42" s="17">
         <v>1</v>
       </c>
       <c r="J42" s="14"/>
       <c r="K42" s="14"/>
       <c r="L42" s="14"/>
       <c r="M42" s="14"/>
       <c r="N42" s="14"/>
       <c r="O42" s="14"/>
     </row>
-    <row r="43" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="F43" s="23">
+    <row r="43" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A43" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B43" s="16">
+        <v>0.81889999999999996</v>
+      </c>
+      <c r="C43" s="16">
+        <v>1.15E-2</v>
+      </c>
+      <c r="D43" s="16">
+        <v>6.3799999999999996E-2</v>
+      </c>
+      <c r="E43" s="24">
+        <v>4.0000000000000003E-5</v>
+      </c>
+      <c r="F43" s="16">
         <v>1.9599999999999999E-2</v>
       </c>
-      <c r="G43" s="23">
-[...5 lines deleted...]
-      <c r="I43" s="29">
+      <c r="G43" s="16">
+        <v>5.96E-2</v>
+      </c>
+      <c r="H43" s="16">
+        <v>2.6599999999999999E-2</v>
+      </c>
+      <c r="I43" s="17">
         <v>1</v>
       </c>
       <c r="J43" s="14"/>
       <c r="K43" s="14"/>
       <c r="L43" s="14"/>
       <c r="M43" s="14"/>
       <c r="N43" s="14"/>
       <c r="O43" s="14"/>
     </row>
     <row r="44" spans="1:17" s="31" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="1" t="s">
-[...23 lines deleted...]
-      <c r="I44" s="4">
+      <c r="A44" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B44" s="16">
+        <v>0.82679999999999998</v>
+      </c>
+      <c r="C44" s="16">
+        <v>1.17E-2</v>
+      </c>
+      <c r="D44" s="16">
+        <v>6.6500000000000004E-2</v>
+      </c>
+      <c r="E44" s="24">
+        <v>4.0000000000000003E-5</v>
+      </c>
+      <c r="F44" s="16">
+        <v>1.84E-2</v>
+      </c>
+      <c r="G44" s="16">
+        <v>6.1199999999999997E-2</v>
+      </c>
+      <c r="H44" s="16">
+        <v>1.54E-2</v>
+      </c>
+      <c r="I44" s="17">
         <v>1</v>
       </c>
       <c r="J44" s="30"/>
       <c r="K44" s="30"/>
       <c r="L44" s="30"/>
       <c r="M44" s="30"/>
       <c r="N44" s="30"/>
       <c r="O44" s="30"/>
     </row>
-    <row r="45" spans="1:17" s="31" customFormat="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E45" s="3">
+    <row r="45" spans="1:17" s="31" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="22">
+        <v>2022</v>
+      </c>
+      <c r="B45" s="27">
+        <v>0.82350000000000001</v>
+      </c>
+      <c r="C45" s="23">
+        <v>1.18E-2</v>
+      </c>
+      <c r="D45" s="23">
+        <v>6.6199999999999995E-2</v>
+      </c>
+      <c r="E45" s="28">
         <v>5.0000000000000002E-5</v>
       </c>
-      <c r="F45" s="2">
-[...8 lines deleted...]
-      <c r="I45" s="4">
+      <c r="F45" s="23">
+        <v>1.9599999999999999E-2</v>
+      </c>
+      <c r="G45" s="23">
+        <v>5.9299999999999999E-2</v>
+      </c>
+      <c r="H45" s="23">
+        <v>1.95E-2</v>
+      </c>
+      <c r="I45" s="29">
         <v>1</v>
       </c>
       <c r="J45" s="30"/>
       <c r="K45" s="30"/>
       <c r="L45" s="30"/>
       <c r="M45" s="30"/>
       <c r="N45" s="30"/>
       <c r="O45" s="30"/>
     </row>
     <row r="46" spans="1:17" s="31" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="B46" s="2">
-        <v>0.82120000000000004</v>
+        <v>0.81869999999999998</v>
       </c>
       <c r="C46" s="2">
-        <v>1.0999999999999999E-2</v>
+        <v>1.3299999999999999E-2</v>
       </c>
       <c r="D46" s="2">
-        <v>6.9599999999999995E-2</v>
+        <v>7.5200000000000003E-2</v>
       </c>
       <c r="E46" s="3">
-        <v>4.0000000000000003E-5</v>
+        <v>5.0000000000000002E-5</v>
       </c>
       <c r="F46" s="2">
-        <v>1.7000000000000001E-2</v>
+        <v>1.89E-2</v>
       </c>
       <c r="G46" s="2">
-        <v>6.3799999999999996E-2</v>
+        <v>5.96E-2</v>
       </c>
       <c r="H46" s="2">
-        <v>1.7399999999999999E-2</v>
+        <v>1.4200000000000001E-2</v>
       </c>
       <c r="I46" s="4">
         <v>1</v>
       </c>
       <c r="J46" s="30"/>
       <c r="K46" s="35"/>
       <c r="L46" s="35"/>
       <c r="M46" s="35"/>
       <c r="N46" s="38"/>
       <c r="O46" s="35"/>
       <c r="P46" s="35"/>
       <c r="Q46" s="35"/>
     </row>
     <row r="47" spans="1:17" s="31" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="B47" s="2">
-        <v>0.81989999999999996</v>
+        <v>0.80689999999999995</v>
       </c>
       <c r="C47" s="2">
-        <v>1.14E-2</v>
+        <v>1.1599999999999999E-2</v>
       </c>
       <c r="D47" s="2">
-        <v>7.3200000000000001E-2</v>
+        <v>7.1099999999999997E-2</v>
       </c>
       <c r="E47" s="3">
         <v>5.0000000000000002E-5</v>
       </c>
       <c r="F47" s="2">
-        <v>1.5699999999999999E-2</v>
+        <v>1.6199999999999999E-2</v>
       </c>
       <c r="G47" s="2">
-        <v>6.2899999999999998E-2</v>
+        <v>5.9499999999999997E-2</v>
       </c>
       <c r="H47" s="2">
-        <v>1.6799999999999999E-2</v>
+        <v>3.4599999999999999E-2</v>
       </c>
       <c r="I47" s="4">
         <v>1</v>
       </c>
       <c r="J47" s="30"/>
       <c r="K47" s="30"/>
       <c r="L47" s="30"/>
       <c r="M47" s="30"/>
       <c r="N47" s="30"/>
       <c r="O47" s="30"/>
     </row>
-    <row r="48" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...24 lines deleted...]
-      <c r="I48" s="37">
+    <row r="48" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B48" s="2">
+        <v>0.82120000000000004</v>
+      </c>
+      <c r="C48" s="2">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="D48" s="2">
+        <v>6.9599999999999995E-2</v>
+      </c>
+      <c r="E48" s="3">
+        <v>4.0000000000000003E-5</v>
+      </c>
+      <c r="F48" s="2">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="G48" s="2">
+        <v>6.3799999999999996E-2</v>
+      </c>
+      <c r="H48" s="2">
+        <v>1.7399999999999999E-2</v>
+      </c>
+      <c r="I48" s="4">
         <v>1</v>
       </c>
       <c r="J48" s="14"/>
       <c r="K48" s="14"/>
       <c r="L48" s="14"/>
       <c r="M48" s="14"/>
       <c r="N48" s="14"/>
       <c r="O48" s="14"/>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A49" s="43" t="s">
-        <v>37</v>
+      <c r="A49" s="1" t="s">
+        <v>36</v>
       </c>
       <c r="B49" s="2">
-        <v>0.81850000000000001</v>
+        <v>0.81989999999999996</v>
       </c>
       <c r="C49" s="2">
-        <v>1.15E-2</v>
+        <v>1.14E-2</v>
       </c>
       <c r="D49" s="2">
-        <v>7.6399999999999996E-2</v>
+        <v>7.3200000000000001E-2</v>
       </c>
       <c r="E49" s="3">
         <v>5.0000000000000002E-5</v>
       </c>
       <c r="F49" s="2">
-        <v>1.61E-2</v>
+        <v>1.5699999999999999E-2</v>
       </c>
       <c r="G49" s="2">
-        <v>6.2600000000000003E-2</v>
+        <v>6.2899999999999998E-2</v>
       </c>
       <c r="H49" s="2">
-        <v>1.4800000000000001E-2</v>
+        <v>1.6799999999999999E-2</v>
       </c>
       <c r="I49" s="4">
         <v>1</v>
       </c>
       <c r="J49" s="14"/>
       <c r="K49" s="14"/>
       <c r="L49" s="14"/>
       <c r="M49" s="14"/>
       <c r="N49" s="14"/>
       <c r="O49" s="14"/>
     </row>
-    <row r="50" spans="1:15" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="I50" s="4">
+    <row r="50" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="32">
+        <v>2023</v>
+      </c>
+      <c r="B50" s="27">
+        <v>0.81680000000000008</v>
+      </c>
+      <c r="C50" s="33">
+        <v>1.18E-2</v>
+      </c>
+      <c r="D50" s="33">
+        <v>7.22E-2</v>
+      </c>
+      <c r="E50" s="36">
+        <v>5.0000000000000002E-5</v>
+      </c>
+      <c r="F50" s="33">
+        <v>1.6899999999999998E-2</v>
+      </c>
+      <c r="G50" s="33">
+        <v>6.1499999999999999E-2</v>
+      </c>
+      <c r="H50" s="33">
+        <v>2.07E-2</v>
+      </c>
+      <c r="I50" s="37">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A51" s="46" t="s">
-[...11 lines deleted...]
-      <c r="E51" s="24">
+      <c r="A51" s="43" t="s">
+        <v>37</v>
+      </c>
+      <c r="B51" s="2">
+        <v>0.81850000000000001</v>
+      </c>
+      <c r="C51" s="2">
+        <v>1.15E-2</v>
+      </c>
+      <c r="D51" s="2">
+        <v>7.6399999999999996E-2</v>
+      </c>
+      <c r="E51" s="3">
         <v>5.0000000000000002E-5</v>
       </c>
-      <c r="F51" s="16">
-[...8 lines deleted...]
-      <c r="I51" s="17">
+      <c r="F51" s="2">
+        <v>1.61E-2</v>
+      </c>
+      <c r="G51" s="2">
+        <v>6.2600000000000003E-2</v>
+      </c>
+      <c r="H51" s="2">
+        <v>1.4800000000000001E-2</v>
+      </c>
+      <c r="I51" s="4">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B52" s="2">
+        <v>0.81269999999999998</v>
+      </c>
+      <c r="C52" s="2">
+        <v>9.7999999999999997E-3</v>
+      </c>
+      <c r="D52" s="2">
+        <v>7.0699999999999999E-2</v>
+      </c>
+      <c r="E52" s="3">
+        <v>4.0000000000000003E-5</v>
+      </c>
+      <c r="F52" s="2">
+        <v>1.47E-2</v>
+      </c>
+      <c r="G52" s="2">
+        <v>6.3100000000000003E-2</v>
+      </c>
+      <c r="H52" s="2">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="I52" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A53" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="B53" s="16">
+        <v>0.8226</v>
+      </c>
+      <c r="C53" s="16">
+        <v>9.4000000000000004E-3</v>
+      </c>
+      <c r="D53" s="16">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="E53" s="24">
+        <v>5.0000000000000002E-5</v>
+      </c>
+      <c r="F53" s="16">
+        <v>1.47E-2</v>
+      </c>
+      <c r="G53" s="16">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="H53" s="16">
+        <v>1.72E-2</v>
+      </c>
+      <c r="I53" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B52" s="2">
+      <c r="B54" s="2">
         <v>0.82100000000000006</v>
       </c>
-      <c r="C52" s="2">
+      <c r="C54" s="2">
         <v>9.7000000000000003E-3</v>
       </c>
-      <c r="D52" s="2">
+      <c r="D54" s="2">
         <v>7.0099999999999996E-2</v>
       </c>
-      <c r="E52" s="3">
+      <c r="E54" s="3">
         <v>5.0000000000000002E-5</v>
       </c>
-      <c r="F52" s="2">
+      <c r="F54" s="2">
         <v>1.4800000000000001E-2</v>
       </c>
-      <c r="G52" s="2">
+      <c r="G54" s="2">
         <v>6.7299999999999999E-2</v>
       </c>
-      <c r="H52" s="2">
+      <c r="H54" s="2">
         <v>1.7000000000000001E-2</v>
       </c>
-      <c r="I52" s="4">
-[...4 lines deleted...]
-      <c r="A53" s="32">
+      <c r="I54" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="32">
         <v>2024</v>
       </c>
-      <c r="B53" s="27">
+      <c r="B55" s="27">
         <v>0.81879999999999997</v>
       </c>
-      <c r="C53" s="23">
+      <c r="C55" s="23">
         <v>1.01E-2</v>
       </c>
-      <c r="D53" s="23">
+      <c r="D55" s="23">
         <v>7.17E-2</v>
       </c>
-      <c r="E53" s="28">
+      <c r="E55" s="28">
         <v>5.0000000000000002E-5</v>
       </c>
-      <c r="F53" s="23">
+      <c r="F55" s="23">
         <v>1.4999999999999999E-2</v>
       </c>
-      <c r="G53" s="23">
+      <c r="G55" s="23">
         <v>6.4799999999999996E-2</v>
       </c>
-      <c r="H53" s="23">
+      <c r="H55" s="23">
         <v>1.95E-2</v>
       </c>
-      <c r="I53" s="29">
-[...4 lines deleted...]
-      <c r="A54" s="43" t="s">
+      <c r="I55" s="29">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A56" s="43" t="s">
         <v>42</v>
       </c>
-      <c r="B54" s="2">
+      <c r="B56" s="2">
         <v>0.81620000000000004</v>
       </c>
-      <c r="C54" s="2">
+      <c r="C56" s="2">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="D54" s="2">
+      <c r="D56" s="2">
         <v>7.7799999999999994E-2</v>
       </c>
-      <c r="E54" s="3">
+      <c r="E56" s="3">
         <v>6.0000000000000002E-5</v>
       </c>
-      <c r="F54" s="2">
+      <c r="F56" s="2">
         <v>1.4200000000000001E-2</v>
       </c>
-      <c r="G54" s="2">
+      <c r="G56" s="2">
         <v>6.6199999999999995E-2</v>
       </c>
-      <c r="H54" s="2">
+      <c r="H56" s="2">
         <v>1.4500000000000001E-2</v>
       </c>
-      <c r="I54" s="4">
-[...4 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="I56" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B55" s="2">
+      <c r="B57" s="2">
         <v>0.81779999999999997</v>
       </c>
-      <c r="C55" s="44">
+      <c r="C57" s="44">
         <v>9.7999999999999997E-3</v>
       </c>
-      <c r="D55" s="44">
+      <c r="D57" s="44">
         <v>7.2300000000000003E-2</v>
       </c>
-      <c r="E55" s="49">
+      <c r="E57" s="49">
         <v>6.0000000000000002E-5</v>
       </c>
-      <c r="F55" s="44">
+      <c r="F57" s="44">
         <v>1.29E-2</v>
       </c>
-      <c r="G55" s="44">
+      <c r="G57" s="44">
         <v>6.8199999999999997E-2</v>
       </c>
-      <c r="H55" s="2">
+      <c r="H57" s="2">
         <v>1.89E-2</v>
       </c>
-      <c r="I55" s="45">
-[...4 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="I57" s="45">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B56" s="2">
-[...2 lines deleted...]
-      <c r="C56" s="44">
+      <c r="B58" s="2">
+        <v>0.81440000000000001</v>
+      </c>
+      <c r="C58" s="44">
         <v>9.1000000000000004E-3</v>
       </c>
-      <c r="D56" s="44">
+      <c r="D58" s="44">
         <v>6.88E-2</v>
       </c>
-      <c r="E56" s="49">
+      <c r="E58" s="49">
         <v>6.0000000000000002E-5</v>
       </c>
-      <c r="F56" s="44">
+      <c r="F58" s="44">
         <v>1.4200000000000001E-2</v>
       </c>
-      <c r="G56" s="44">
+      <c r="G58" s="44">
         <v>6.7599999999999993E-2</v>
       </c>
-      <c r="H56" s="2">
+      <c r="H58" s="2">
         <v>2.58E-2</v>
       </c>
-      <c r="I56" s="45">
+      <c r="I58" s="45">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B59" s="2">
+        <v>0.81559999999999999</v>
+      </c>
+      <c r="C59" s="2">
+        <v>8.8999999999999999E-3</v>
+      </c>
+      <c r="D59" s="2">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="E59" s="3">
+        <v>6.9999999999999994E-5</v>
+      </c>
+      <c r="F59" s="2">
+        <v>1.4800000000000001E-2</v>
+      </c>
+      <c r="G59" s="2">
+        <v>7.1499999999999994E-2</v>
+      </c>
+      <c r="H59" s="2">
+        <v>1.8100000000000002E-2</v>
+      </c>
+      <c r="I59" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="32">
+        <v>2025</v>
+      </c>
+      <c r="B60" s="27">
+        <v>0.81589999999999996</v>
+      </c>
+      <c r="C60" s="33">
+        <v>9.5999999999999992E-3</v>
+      </c>
+      <c r="D60" s="33">
+        <v>7.2300000000000003E-2</v>
+      </c>
+      <c r="E60" s="36">
+        <v>6.0000000000000002E-5</v>
+      </c>
+      <c r="F60" s="33">
+        <v>1.41E-2</v>
+      </c>
+      <c r="G60" s="33">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="H60" s="33">
+        <v>1.95E-2</v>
+      </c>
+      <c r="I60" s="37">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A33:I33"/>
   </mergeCells>
   <phoneticPr fontId="18" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="71" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CBC_BT17</vt:lpstr>