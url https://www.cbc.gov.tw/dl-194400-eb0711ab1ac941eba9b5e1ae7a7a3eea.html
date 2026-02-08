--- v0 (2025-10-10)
+++ v1 (2026-02-08)
@@ -1,111 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\wallycheng\Documents\Wally(個人PC)\1130118 官網更新三大支付系統年資料\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fsnas\db\PSS\27 同資系統官網內容改版\1150116 官網更新三大支付系統年資料及財金2025第4季圓餅圖\三大支付系統年資料\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{26E13E16-AA70-43C4-928F-58C02B59577C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="8010"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="同資系統" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <si>
     <t>交易筆數</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>交易金額</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>單位：筆數，億元</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>中央銀行同業資金調撥清算作業系統交易量統計表</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>The CIFS Transaction Statistics</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>年度</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>Year</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>Volume</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>Value</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>100 millions of NTD</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="176" formatCode="#,##0_ "/>
   </numFmts>
   <fonts count="12">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="12"/>
@@ -432,163 +449,163 @@
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
     <cellStyle name="千分位[0]" xfId="1" builtinId="6"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -721,58 +738,58 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:H37"/>
+  <dimension ref="B1:H38"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A28" workbookViewId="0">
-      <selection activeCell="D41" sqref="D41"/>
+    <sheetView tabSelected="1" topLeftCell="A17" workbookViewId="0">
+      <selection activeCell="D38" sqref="D38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5"/>
   <cols>
     <col min="1" max="1" width="4.625" customWidth="1"/>
     <col min="2" max="2" width="12.625" customWidth="1"/>
     <col min="3" max="4" width="32.625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="30" customHeight="1">
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
     </row>
     <row r="2" spans="2:8" ht="30" customHeight="1">
       <c r="B2" s="24" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="24"/>
       <c r="D2" s="24"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
@@ -1162,70 +1179,85 @@
         <v>741636</v>
       </c>
       <c r="D34" s="10">
         <v>5348577</v>
       </c>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="2:8" ht="21.75" customHeight="1">
       <c r="B35" s="9">
         <v>2023</v>
       </c>
       <c r="C35" s="4">
         <v>753017</v>
       </c>
       <c r="D35" s="10">
         <v>5469912</v>
       </c>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
-    <row r="36" spans="2:8" ht="21.75" customHeight="1" thickBot="1">
-      <c r="B36" s="11">
+    <row r="36" spans="2:8" ht="21.75" customHeight="1">
+      <c r="B36" s="9">
         <v>2024</v>
       </c>
-      <c r="C36" s="22">
+      <c r="C36" s="4">
         <v>803008</v>
       </c>
-      <c r="D36" s="23">
+      <c r="D36" s="10">
         <v>5820446</v>
       </c>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
-    <row r="37" spans="2:8" ht="21">
+    <row r="37" spans="2:8" ht="21.75" customHeight="1" thickBot="1">
+      <c r="B37" s="11">
+        <v>2025</v>
+      </c>
+      <c r="C37" s="22">
+        <v>814809</v>
+      </c>
+      <c r="D37" s="23">
+        <v>6006482</v>
+      </c>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
+    </row>
+    <row r="38" spans="2:8" ht="21">
+      <c r="E38" s="1"/>
+      <c r="F38" s="1"/>
+      <c r="G38" s="1"/>
+      <c r="H38" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="B3:D3"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.59055118110236227" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>